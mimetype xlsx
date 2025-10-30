--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc0e7d5a67e407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e01f4b3b09f42469f893a5de1cc1e90.psmdcp" Id="R24e663542e9f4cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaf860dbadb40b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3bc23a3e1787424693b3cf43ce129277.psmdcp" Id="Rfb21d78b2ac44634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>