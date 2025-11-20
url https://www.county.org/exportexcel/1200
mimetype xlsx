--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaf860dbadb40b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3bc23a3e1787424693b3cf43ce129277.psmdcp" Id="Rfb21d78b2ac44634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ddbbd067714eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b2fe3072a3d4b3aacc14837d57fede9.psmdcp" Id="R867eacf974194599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>