--- v2 (2025-11-20)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ddbbd067714eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b2fe3072a3d4b3aacc14837d57fede9.psmdcp" Id="R867eacf974194599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23ffe0675e44ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/478242ae416f434ca11b2a403b7167cc.psmdcp" Id="Ra3125d12a7734898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>