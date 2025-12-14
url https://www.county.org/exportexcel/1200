--- v3 (2025-12-12)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23ffe0675e44ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/478242ae416f434ca11b2a403b7167cc.psmdcp" Id="Ra3125d12a7734898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5822f22519b4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c4652d97136432d8e54881af1a037d0.psmdcp" Id="Re49dea6c02e34fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>