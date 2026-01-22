--- v4 (2025-12-14)
+++ v5 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5822f22519b4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c4652d97136432d8e54881af1a037d0.psmdcp" Id="Re49dea6c02e34fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e09e5efdc604634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24a7a2f7b692420b9c7402aa639c097d.psmdcp" Id="R7263624cc3b04542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>