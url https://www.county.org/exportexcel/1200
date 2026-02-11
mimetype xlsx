--- v5 (2026-01-22)
+++ v6 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e09e5efdc604634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24a7a2f7b692420b9c7402aa639c097d.psmdcp" Id="R7263624cc3b04542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb805543fd8144d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5519850d3a24b548c63d9a87e77bafe.psmdcp" Id="Rea69bad5ebd84dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>