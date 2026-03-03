--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb805543fd8144d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5519850d3a24b548c63d9a87e77bafe.psmdcp" Id="Rea69bad5ebd84dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cc3c14f9944d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea2ffeb62abd4c0893405a5df0a0ea55.psmdcp" Id="R338c18b222364f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>
     <x:t>Subject</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture Code</x:t>
   </x:si>
   <x:si>
     <x:t>12.0271(a)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Rural Economic Development and Investment Program</x:t>
   </x:si>
   <x:si>
-    <x:t>Not more than 75,000</x:t>
+    <x:t>Not more than 200,000</x:t>
   </x:si>
   <x:si>
     <x:t>12.046(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Rural Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 200,000</x:t>
   </x:si>
   <x:si>
     <x:t>Alcoholic Beverage Code</x:t>
   </x:si>
   <x:si>
     <x:t>106.115(b-1)</x:t>
   </x:si>
   <x:si>
     <x:t>Attendance at Alcohol Awareness Course; License Suspension</x:t>
   </x:si>
   <x:si>
     <x:t>75,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>108.56(b)(1)</x:t>
   </x:si>
@@ -136,77 +136,68 @@
   <x:si>
     <x:t>Right to representation by counsel</x:t>
   </x:si>
   <x:si>
     <x:t>1.051(i)</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 250,000;250,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>103.004(c )</x:t>
   </x:si>
   <x:si>
     <x:t>Disposition of Collected Money</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 50,000</x:t>
   </x:si>
   <x:si>
     <x:t>104.004(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Extraordinary Costs of Prosecution</x:t>
   </x:si>
   <x:si>
-    <x:t>2.21(g)</x:t>
-[...2 lines deleted...]
-    <x:t>Duty of Clerks</x:t>
+    <x:t>2A.007(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adjunct Police Officers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Under 200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2A.155(d)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clerks Disposal of Certain Exhibits</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 2.5 million</x:t>
   </x:si>
   <x:si>
-    <x:t>2A.007(a)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>38.43(f)</x:t>
   </x:si>
   <x:si>
     <x:t>Evidence Containing Biological Material</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 100,000</x:t>
   </x:si>
   <x:si>
     <x:t>42A.304(f)(4)</x:t>
   </x:si>
   <x:si>
     <x:t>Community Service</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Proceedings on Return of Defendant to Court</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 1.2 million or in a county with 4 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(a-1)(2)</x:t>
@@ -346,59 +337,50 @@
   <x:si>
     <x:t>Contribution Limits</x:t>
   </x:si>
   <x:si>
     <x:t>253.157(a-2)(2)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Limit on Contribution by General-Purpose Committees</x:t>
   </x:si>
   <x:si>
     <x:t>1 million or less</x:t>
   </x:si>
   <x:si>
     <x:t>253.157(a-2)(3)(C)</x:t>
   </x:si>
   <x:si>
     <x:t>32.002(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Judges for County Election</x:t>
   </x:si>
   <x:si>
     <x:t>Over 500,000;500,000 or less</x:t>
   </x:si>
   <x:si>
-    <x:t>42.0051(a)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>42.006(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Population Requirements</x:t>
   </x:si>
   <x:si>
     <x:t>Under 100,000</x:t>
   </x:si>
   <x:si>
     <x:t>42.006(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Under 50,000</x:t>
   </x:si>
   <x:si>
     <x:t>42.007</x:t>
   </x:si>
   <x:si>
     <x:t>Combining Incorporated and Unincorporated Territory</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">10,000 or more </x:t>
   </x:si>
   <x:si>
     <x:t>61.013(a)(4)</x:t>
@@ -508,56 +490,77 @@
   <x:si>
     <x:t>8,500 or more and not more than 19,000</x:t>
   </x:si>
   <x:si>
     <x:t>411.175(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Procedures for Submitting Fingerprints</x:t>
   </x:si>
   <x:si>
     <x:t>46,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>419.909(a-1)(2)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>Fire Safety Inspections</x:t>
   </x:si>
   <x:si>
     <x:t>434.032(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Creation</x:t>
   </x:si>
   <x:si>
+    <x:t>434.424(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Grant Conditions: Single Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434.425(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Grant Conditions: Multiple Counties</x:t>
+  </x:si>
+  <x:si>
     <x:t>444.003(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Composition; Terms</x:t>
   </x:si>
   <x:si>
+    <x:t>485.025(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Additional Grants for Certain Projects</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,000 or less</x:t>
+  </x:si>
+  <x:si>
     <x:t>485.043(a)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Eligibility for Rebate</x:t>
   </x:si>
   <x:si>
     <x:t>487.301(2)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>Definitions</x:t>
   </x:si>
   <x:si>
     <x:t>487.551(2)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>487.601(3)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>487.751</x:t>
   </x:si>
   <x:si>
     <x:t>Not more than 125,000</x:t>
   </x:si>
   <x:si>
     <x:t>490G.001(2-a)</x:t>
@@ -613,50 +616,62 @@
   <x:si>
     <x:t>Advisory Committee</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 80,000</x:t>
   </x:si>
   <x:si>
     <x:t>52.041(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Official Court Reporter</x:t>
   </x:si>
   <x:si>
     <x:t>125,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>52.041(c)</x:t>
   </x:si>
   <x:si>
     <x:t>52.051(d)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of District Court Reporters</x:t>
   </x:si>
   <x:si>
+    <x:t>526.0305(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Rural Hospital Officers Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,750 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>526.0321(3)</x:t>
+  </x:si>
+  <x:si>
     <x:t>526.0653(d)</x:t>
   </x:si>
   <x:si>
     <x:t>Guardianship Program Grant Requirements</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 150,000</x:t>
   </x:si>
   <x:si>
     <x:t>531.015</x:t>
   </x:si>
   <x:si>
     <x:t>New Facilities in Certain Counties</x:t>
   </x:si>
   <x:si>
     <x:t>531.0991(h)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Grant Program for Mental Health Services</x:t>
   </x:si>
   <x:si>
     <x:t>531.0992(d-1)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Grant Program for Mental Health Services for Veterans and Their Families</x:t>
@@ -679,104 +694,113 @@
   <x:si>
     <x:t>Grants</x:t>
   </x:si>
   <x:si>
     <x:t>539.002(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants for Establishment and Expansion of Community Collaborative</x:t>
   </x:si>
   <x:si>
     <x:t>547.0253(c)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Matching Contributions Required; Grant Conditions</x:t>
   </x:si>
   <x:si>
     <x:t>547.0257(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Distributing and Allocating Appropriated Money</x:t>
   </x:si>
   <x:si>
     <x:t>Not greater than 250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>547.0304(1)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>547.0353(a)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>547.0360(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Allocating Appropriated Money</x:t>
   </x:si>
   <x:si>
     <x:t>547A.0001(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants for Establishing and Expanding Community Collaboratives</x:t>
   </x:si>
   <x:si>
     <x:t>547A.0001(c)</x:t>
   </x:si>
   <x:si>
     <x:t>547A.0005(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Plan Required for Certain Community Collaborative</x:t>
   </x:si>
   <x:si>
+    <x:t>548.0351(6-b)(A)</x:t>
+  </x:si>
+  <x:si>
     <x:t>552.3031(a)(1)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Submission of Request for Attorney General Decision</x:t>
   </x:si>
   <x:si>
     <x:t>57.002(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Interpreter or Cart Provider; Cart Provider List</x:t>
   </x:si>
   <x:si>
     <x:t>573.061(4)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>General Exceptions</x:t>
   </x:si>
   <x:si>
+    <x:t>62.001(a-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jury Source; Reconstitution of Jury Wheel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 1,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>753.103(b)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Award; Limitations on Use</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,999 or less</x:t>
+  </x:si>
+  <x:si>
     <x:t>Health &amp; Safety Code</x:t>
   </x:si>
   <x:si>
     <x:t>117.052(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Members</x:t>
   </x:si>
   <x:si>
     <x:t>12.137(b)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Tobacco Settlement Permanent Trust Account Administration Advisory Committee</x:t>
   </x:si>
   <x:si>
     <x:t>122.002(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Health Unit in County With Population of Less Than 22,000</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 22,000</x:t>
   </x:si>
   <x:si>
     <x:t>122.007(a)</x:t>
@@ -1015,734 +1039,768 @@
   <x:si>
     <x:t>829.0015</x:t>
   </x:si>
   <x:si>
     <x:t>Applicability of Chapter</x:t>
   </x:si>
   <x:si>
     <x:t>Human Resources Code</x:t>
   </x:si>
   <x:si>
     <x:t>152.0009(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>190,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>42.0461(a)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Public Notice and Hearing: Residential Child Care </x:t>
   </x:si>
   <x:si>
+    <x:t>43.003(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>License Required</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1305.004(22)(A)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2651.012(c)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unencumbered Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000 or more but less than 50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6002.004(d)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provision of Certain Services by Political Subdivision</x:t>
+  </x:si>
+  <x:si>
+    <x:t>845.002(9)(A)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>848.001(10)(A)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Definitions ("Rural Hospital")</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Subchapter Applicable to Counties with Population of 225,000 or Less; Exception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111.062(b)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appointment of Budget Officer; Abolition of Office</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accounting System in County With County Auditor and Population of Less Than 190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114.041(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statement of Fees, Commissions, and Other Money Received by Officers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115.042(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Audit in Counties With Population Less Than 25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.909(a)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petty Cash Funds for Certain Officials</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 3.3 million</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.911(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Sheriff Office Salary Assistance Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.911(d)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000 or more and less than 50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.912(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Constable's Office Salary Assistance Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.913(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Prosecutor's Office Salary Assistance Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.913(d)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.914(a)(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Ambulance Service Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.914(e)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Between 10,000 and 68,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140.008(e )</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annual Report of Certain Financial Information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152.032(d)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Limitations on County Auditor's Compensation and Allowances</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borders a county with a population of more than 1 million; and has a population of more than 44,500 and less than 46,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152.032(d)(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 1,000 and less than 23,000 that borders the Gulf of Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154.008(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legislative Appropriation for Officers Compensated on Salary Basis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154.021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compensation of District, County, and Precinct Officers on Salary Basis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154.022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Option to Pay Compensation on Fee Basis or Salary Basis in County With Population of Less Than 20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154.0235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procedures Regarding Payment of Office Expenses and Employee Salaries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158.034(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Civil Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 2.8 million;2.8 million or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158.038(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3 million or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172.012(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Limitation of Risk Pools</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fewer than 500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179.002(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applicability of Chapter (Authority of Certain First Responders to Carry Handgun)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233.001(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Requiring Repair, Removal, or Demolition of Building or Other Structure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>262.011(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchasing Agents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>262.0241(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandatory Exemptions: Certain Recreational Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291.007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nonbinding Referendum on County Property Matter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292.0025(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Facilities Outside County Seat in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292.0231(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Facilities in Counties with Populations Under 30,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eligible Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333.002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Joint Museum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applicability</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 15,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351.081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Establishment in Populous Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 3.3 million or a county that borders the Gulf of Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>361.041(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outdoor Burning of Household Refuse in Certain Residential Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382.052(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eligibility</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 1,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383.021(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Counties Authorized to Create Districts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>400,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397A.102(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Creation of Regional Military Sustainability Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580.004(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rainwater Harvesting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 10,000;10,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>615.002(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regulation of Courthouse Parking Lots in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,800 to 15,000;  19,900 to 20,000;  21,300 to 21,500;  57,800 to 57,900;  36,000 to 36,500; or  234,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84.002(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appointment of County Auditor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,200 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85.024(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>School Safety Meetings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>less than 350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87.043(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temporary Absence in Office of County Judge in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Resources Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.012(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Members of the Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61.021(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Area Not Covered by Subchapter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Occupations Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1702.3705(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prohibition Against Certain Political Subdivisions Acting as Alarm Systems Company</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discretionary Creation of Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.055(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meetings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.160(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Security Requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1956.017(b)(8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2304.002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Application of Chapter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2308.051(a)(6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Towing, Storage, and Booting Advisory Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>562.1011(a)(2)(A)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Operation of Class C Pharmacy in Certain Rural Hospitals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>568.002(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registration Required</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601.203(b)(1)(B)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hardship Exemption</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parks &amp; Wildlife Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.023(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Notice of Construction of Certain Structures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 500,000; that borders the Gulf of Mexico and in which a national wildlife refuge is wholly or partly located; or does not contain a municipality with a population greater than 300,000 and is adjacent to a county described by Subdivision (1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.002(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Recreation and Parks Account</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.002(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Property Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211.001(4)(A)(i)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211.002(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55.002(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tax Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.425(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eligibility of Land Used for Growing Florist Items in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.55(j)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Change of Use of Land</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.76(j)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.012(1-a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 500,000; and is located on the Gulf of Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311.0091(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Composition of Board of Directors of Certain Reinvestment Zones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324.021(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.015(p)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352.009(d)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annual Report to Comptroller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352.107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hotel Tax Authorized for County Development Districts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41.45(b-4)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hearing on Protest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41.47(f)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Protest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 4 million</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.03(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Board of Directors In Less Populous Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.032(c)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ballot Procedures for Elected Directors; Filing Fee or Petition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.035(a-1)(1)(B)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restrictions on Eligibility and Conduct of Board Members and Chief Appraisers and Their Relatives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Civil Statutes Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Title 49 Ch. 11 Art. 2701d</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education - Public,County Schools,Rural supervisor and salary in counties having population of 1,100 to 41,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100 to 41,500;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Constitution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art. 16, §61(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compensation of district, county and precinct officers; salary or fee basis; disposition of fees</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art. 5, §18(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Division of counties into precincts; election of constable and justice of the peace; county commissioners and county commissioners' court</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 18,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art. 9, §9B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospital districts; creation, establishment, maintenance, and operation in counties with population of 75,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportation Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201.051(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202.059(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowing, Baling, Shredding, and Hoeing Material on Right-of-Way</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 10,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254.008(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regulation of Private Ditches in Counties of 100,000 or Less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284.2031(d)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civil and Criminal Enforcement: Fine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370.2521(e)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Filing of Financial Statement by Director</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396.021(c )</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Screening Requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460.052(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hearing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502.402(b-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optional County Fee for Transportation Projects</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622.902(8)(C )(ii)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Length Exceptions</x:t>
+  </x:si>
+  <x:si>
     <x:t>Less than 300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>43.003(b)</x:t>
-[...633 lines deleted...]
-  <x:si>
     <x:t>683.015(d)</x:t>
   </x:si>
   <x:si>
     <x:t>Auction Proceeds</x:t>
   </x:si>
   <x:si>
     <x:t>724.041(e )(1)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Hearing on Suspension or Denial</x:t>
   </x:si>
   <x:si>
     <x:t>Water Code</x:t>
   </x:si>
   <x:si>
     <x:t>12.052(e-1)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Dam Safety</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 350,000</x:t>
   </x:si>
   <x:si>
     <x:t>36.121</x:t>
   </x:si>
   <x:si>
     <x:t>Limitation on Rulemaking Power of Districts Over Wells in Certain Counties</x:t>
   </x:si>
   <x:si>
     <x:t>15,500 or less</x:t>
   </x:si>
   <x:si>
     <x:t>57.051(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Board of Directors</x:t>
   </x:si>
   <x:si>
     <x:t>2,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>67.011(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Powers of Corporation in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67.0115(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric Generation</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1803,73 +1861,69 @@
       <x:bottom style="thin">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -2126,51 +2180,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D241"/>
+  <x:dimension ref="A1:D251"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.580625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
@@ -2400,3159 +2454,3299 @@
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C20" s="3" t="s">
+      <x:c r="D20" s="4" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D26" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C27" s="3" t="s">
+      <x:c r="D27" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C35" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C36" s="3" t="s">
+      <x:c r="D36" s="4" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D37" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="s">
+      <x:c r="D39" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D42" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C44" s="3" t="s">
+      <x:c r="D44" s="4" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C50" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D50" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B51" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D51" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C54" s="3" t="s">
+      <x:c r="D54" s="4" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
+      <x:c r="D55" s="4" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C58" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s">
+      <x:c r="D59" s="4" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>10</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C66" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C66" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C70" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C72" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D74" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C75" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D75" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C76" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C76" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D76" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C78" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C80" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C83" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D83" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C84" s="3" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C86" s="3" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D87" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C88" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C88" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C89" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C89" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D89" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C90" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C90" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D91" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C92" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C97" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C98" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C98" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D98" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C100" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C100" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D100" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B104" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C108" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C108" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C110" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C110" s="3" t="s">
+      <x:c r="D110" s="4" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C112" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C112" s="3" t="s">
+      <x:c r="D112" s="4" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D114" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
-        <x:v>276</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C120" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C120" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C121" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C122" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C122" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C123" s="3" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D123" s="4" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C126" s="3" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D126" s="4" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C134" s="3" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D134" s="4" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C136" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C136" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C140" s="3" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D140" s="4" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C141" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C142" s="3" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D142" s="4" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="3" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B144" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="B144" s="3" t="s">
+      <x:c r="C144" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C144" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C145" s="3" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D145" s="4" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
-        <x:v>336</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D146" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="3" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B148" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="B148" s="3" t="s">
+      <x:c r="C148" s="3" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D148" s="4" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
-        <x:v>343</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
-        <x:v>347</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="3" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="B152" s="3" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C152" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="B152" s="3" t="s">
+      <x:c r="D152" s="4" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C153" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
-        <x:v>353</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
-        <x:v>354</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D154" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
-        <x:v>372</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C164" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C164" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>390</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
-        <x:v>392</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
-        <x:v>320</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B173" s="3" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
-        <x:v>17</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B174" s="3" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C174" s="3" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D174" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B175" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D175" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B176" s="3" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C176" s="3" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B177" s="3" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B178" s="3" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C178" s="3" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B179" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B180" s="3" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C180" s="3" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B181" s="3" t="s">
-        <x:v>415</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s">
-        <x:v>416</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B182" s="3" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C182" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D182" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B183" s="3" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D183" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B184" s="3" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C184" s="3" t="s">
-        <x:v>424</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B185" s="3" t="s">
-        <x:v>425</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D185" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B186" s="3" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C186" s="3" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D186" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B187" s="3" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4">
       <x:c r="A188" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B188" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C188" s="3" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:4">
       <x:c r="A189" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B189" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s">
-        <x:v>438</x:v>
-[...2 lines deleted...]
-        <x:v>439</x:v>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D189" s="4" t="s">
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4">
       <x:c r="A190" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B190" s="3" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C190" s="3" t="s">
-        <x:v>441</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D190" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4">
       <x:c r="A191" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B191" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D191" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="3" t="s">
-        <x:v>445</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B192" s="3" t="s">
-        <x:v>446</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C192" s="3" t="s">
-        <x:v>447</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D192" s="4" t="s">
-        <x:v>10</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="3" t="s">
-        <x:v>445</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B193" s="3" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D193" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B194" s="3" t="s">
-        <x:v>452</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C194" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B195" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="3" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="B196" s="3" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C196" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="B196" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D196" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B197" s="3" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B198" s="3" t="s">
-        <x:v>461</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C198" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D198" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B199" s="3" t="s">
-        <x:v>462</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D199" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B200" s="3" t="s">
-        <x:v>464</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C200" s="3" t="s">
-        <x:v>465</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D200" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B201" s="3" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C201" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D201" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B202" s="3" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C202" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C202" s="3" t="s">
+      <x:c r="D202" s="4" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
       <x:c r="A203" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B203" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D203" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="3" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="B204" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B204" s="3" t="s">
+      <x:c r="C204" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C204" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="3" t="s">
-        <x:v>472</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B205" s="3" t="s">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s">
-        <x:v>474</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
       <x:c r="A206" s="3" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="B206" s="3" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C206" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="B206" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D206" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
       <x:c r="A207" s="3" t="s">
-        <x:v>476</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B207" s="3" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C207" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C207" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="3" t="s">
-        <x:v>476</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B208" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C208" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
       <x:c r="A209" s="3" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="B209" s="3" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B209" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D209" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
       <x:c r="A210" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B210" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C210" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B211" s="3" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C211" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D211" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
       <x:c r="A212" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B212" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C212" s="3" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B213" s="3" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C213" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D213" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
       <x:c r="A214" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B214" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C214" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D214" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
       <x:c r="A215" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B215" s="3" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s">
-        <x:v>493</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4">
       <x:c r="A216" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B216" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C216" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4">
       <x:c r="A217" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B217" s="3" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:4">
       <x:c r="A218" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B218" s="3" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C218" s="3" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:4">
       <x:c r="A219" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B219" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D219" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:4">
       <x:c r="A220" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B220" s="3" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C220" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:4">
       <x:c r="A221" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B221" s="3" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C221" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C221" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:4">
       <x:c r="A222" s="3" t="s">
-        <x:v>510</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B222" s="3" t="s">
-        <x:v>511</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C222" s="3" t="s">
-        <x:v>512</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:4">
       <x:c r="A223" s="3" t="s">
-        <x:v>514</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B223" s="3" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s">
-        <x:v>516</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:4">
       <x:c r="A224" s="3" t="s">
-        <x:v>514</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B224" s="3" t="s">
-        <x:v>517</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C224" s="3" t="s">
-        <x:v>518</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:4">
       <x:c r="A225" s="3" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B225" s="3" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="B225" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:4">
       <x:c r="A226" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B226" s="3" t="s">
-        <x:v>523</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C226" s="3" t="s">
-        <x:v>524</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D226" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:4">
       <x:c r="A227" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B227" s="3" t="s">
-        <x:v>525</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s">
-        <x:v>526</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D227" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:4">
       <x:c r="A228" s="3" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B228" s="3" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C228" s="3" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="B228" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>28</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:4">
       <x:c r="A229" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B229" s="3" t="s">
-        <x:v>530</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s">
-        <x:v>328</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:4">
       <x:c r="A230" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B230" s="3" t="s">
-        <x:v>531</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C230" s="3" t="s">
-        <x:v>532</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:4">
       <x:c r="A231" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B231" s="3" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>10</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:4">
       <x:c r="A232" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B232" s="3" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C232" s="3" t="s">
-        <x:v>536</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:4">
       <x:c r="A233" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B233" s="3" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:4">
       <x:c r="A234" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B234" s="3" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C234" s="3" t="s">
-        <x:v>542</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D234" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:4">
       <x:c r="A235" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B235" s="3" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:4">
       <x:c r="A236" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B236" s="3" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C236" s="3" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D236" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:4">
       <x:c r="A237" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B237" s="3" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s">
-        <x:v>549</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D237" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:4">
       <x:c r="A238" s="3" t="s">
-        <x:v>550</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B238" s="3" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C238" s="3" t="s">
-        <x:v>552</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D238" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:4">
       <x:c r="A239" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B239" s="3" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="B239" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:4">
       <x:c r="A240" s="3" t="s">
-        <x:v>550</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B240" s="3" t="s">
-        <x:v>557</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C240" s="3" t="s">
-        <x:v>558</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D240" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:4">
       <x:c r="A241" s="3" t="s">
-        <x:v>550</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B241" s="3" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C241" s="3" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D241" s="4" t="s">
+        <x:v>555</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:4">
+      <x:c r="A242" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B242" s="3" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C242" s="3" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D242" s="4" t="s">
+        <x:v>558</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:4">
+      <x:c r="A243" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B243" s="3" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="C241" s="3" t="s">
+      <x:c r="D243" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="D241" s="4" t="s">
-        <x:v>363</x:v>
+    </x:row>
+    <x:row r="244" spans="1:4">
+      <x:c r="A244" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B244" s="3" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="C244" s="3" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D244" s="4" t="s">
+        <x:v>564</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:4">
+      <x:c r="A245" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B245" s="3" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D245" s="4" t="s">
+        <x:v>208</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:4">
+      <x:c r="A246" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B246" s="3" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C246" s="3" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D246" s="4" t="s">
+        <x:v>564</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:4">
+      <x:c r="A247" s="3" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B247" s="3" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C247" s="3" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="D247" s="4" t="s">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:4">
+      <x:c r="A248" s="3" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B248" s="3" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C248" s="3" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D248" s="4" t="s">
+        <x:v>575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:4">
+      <x:c r="A249" s="3" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B249" s="3" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="D249" s="4" t="s">
+        <x:v>578</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:4">
+      <x:c r="A250" s="3" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B250" s="3" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="C250" s="3" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="D250" s="4" t="s">
+        <x:v>370</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:4">
+      <x:c r="A251" s="3" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B251" s="3" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D251" s="4" t="s">
+        <x:v>572</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Data Export</vt:lpstr>
       <vt:lpstr>Data Export!Print_Area</vt:lpstr>
       <vt:lpstr>Data Export!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>