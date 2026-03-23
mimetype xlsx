--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cc3c14f9944d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea2ffeb62abd4c0893405a5df0a0ea55.psmdcp" Id="R338c18b222364f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R082ac7d594134f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af466ef50a444cb4920de04cf2b49abf.psmdcp" Id="R25141bfb57344f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>