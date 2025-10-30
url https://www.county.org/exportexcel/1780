--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re31ca483c7b941f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8f712b2492249fda465f576f0393f67.psmdcp" Id="R161af63973ec47ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122f8a05df784007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8072ab8f0a3e408880aec8dd5af5c9d6.psmdcp" Id="R638f91bac1454591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>