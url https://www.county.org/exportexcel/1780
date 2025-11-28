--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122f8a05df784007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8072ab8f0a3e408880aec8dd5af5c9d6.psmdcp" Id="R638f91bac1454591" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876f3533c0944fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28d75bd2d5044479a430479f3b326650.psmdcp" Id="Rcea78082acc84d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>