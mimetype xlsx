--- v2 (2025-11-28)
+++ v3 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876f3533c0944fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28d75bd2d5044479a430479f3b326650.psmdcp" Id="Rcea78082acc84d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06eaafe045e48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e70164b4aede409681405964bfde7ad8.psmdcp" Id="R9881607599b44ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>