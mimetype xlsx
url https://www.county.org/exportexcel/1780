--- v3 (2026-01-08)
+++ v4 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06eaafe045e48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e70164b4aede409681405964bfde7ad8.psmdcp" Id="R9881607599b44ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra213d3ef6ee044b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4744cab18f8e40e0972d850758e62526.psmdcp" Id="R33fbc28f35f24b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>