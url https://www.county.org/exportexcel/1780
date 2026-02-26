--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra213d3ef6ee044b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4744cab18f8e40e0972d850758e62526.psmdcp" Id="R33fbc28f35f24b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf0d7b4d50542ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/757c172affd6413f94ce475d4461c202.psmdcp" Id="Rae7bdbac9bab4084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>