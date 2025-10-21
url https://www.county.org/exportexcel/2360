--- v0 (2025-10-01)
+++ v1 (2025-10-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7807fa46d11e4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e41499c04804d31ad5dea51689ff818.psmdcp" Id="R44a08914b6544ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1f0582ddad4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76073bebed2d4da5998996404b045069.psmdcp" Id="R2db08905119e48f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>