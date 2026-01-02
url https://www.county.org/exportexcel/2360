--- v1 (2025-10-21)
+++ v2 (2026-01-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1f0582ddad4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76073bebed2d4da5998996404b045069.psmdcp" Id="R2db08905119e48f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf16deca155fb4743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21881519eb5b46d7bd4b43b3badf158a.psmdcp" Id="Rc916139ffe4847b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>