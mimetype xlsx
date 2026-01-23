--- v2 (2026-01-02)
+++ v3 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf16deca155fb4743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21881519eb5b46d7bd4b43b3badf158a.psmdcp" Id="Rc916139ffe4847b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b23be31579448d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7308db0720db4b449a25e9cf9e204f92.psmdcp" Id="R3aac446cc99e428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>