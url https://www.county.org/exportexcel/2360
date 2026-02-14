--- v3 (2026-01-23)
+++ v4 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b23be31579448d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7308db0720db4b449a25e9cf9e204f92.psmdcp" Id="R3aac446cc99e428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c9a356e5184aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4882acf4b330430387e80e8b10ddf0ca.psmdcp" Id="Rc8f6111a52f74152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>