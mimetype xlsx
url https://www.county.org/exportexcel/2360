--- v4 (2026-02-14)
+++ v5 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c9a356e5184aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4882acf4b330430387e80e8b10ddf0ca.psmdcp" Id="Rc8f6111a52f74152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830d1719541f4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32295e0491674d2f95df687d6d06c248.psmdcp" Id="Rb7c929e0ee2f4d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>