--- v5 (2026-02-14)
+++ v6 (2026-03-06)
@@ -1,74 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830d1719541f4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32295e0491674d2f95df687d6d06c248.psmdcp" Id="Rb7c929e0ee2f4d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618ae733449c43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/851f51529e4042e9ac2fb407ee630787.psmdcp" Id="Ra399584214704b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>
     <x:t>Subject</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture Code</x:t>
   </x:si>
   <x:si>
+    <x:t>12.0271(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Economic Development and Investment Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Not more than 200,000</x:t>
+  </x:si>
+  <x:si>
     <x:t>12.046(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Rural Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 200,000</x:t>
   </x:si>
   <x:si>
     <x:t>201.151(e)</x:t>
   </x:si>
   <x:si>
     <x:t>Use of County Machinery and Equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Not less than 22,000 or more than 23,000, not less than 60,000 nor more than 80,000, or not less than 290,000 nor more than 360,000</x:t>
   </x:si>
   <x:si>
     <x:t>Alcoholic Beverage Code</x:t>
   </x:si>
   <x:si>
     <x:t>108.56(b)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Dry Areas</x:t>
@@ -94,95 +103,77 @@
   <x:si>
     <x:t>34.0445(g)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Eligible to Purchase Real Property</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 250,000</x:t>
   </x:si>
   <x:si>
     <x:t>Code of Criminal Procedure</x:t>
   </x:si>
   <x:si>
     <x:t>1.051(c )(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Right to representation by counsel</x:t>
   </x:si>
   <x:si>
     <x:t>1.051(i)</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 250,000;250,000 or more</x:t>
   </x:si>
   <x:si>
-    <x:t>2.21(g)</x:t>
-[...2 lines deleted...]
-    <x:t>Duty of Clerks</x:t>
+    <x:t>2.305(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Report Required Concerning Human Trafficking Cases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2A.007(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adjunct Police Officers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Under 200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2A.155(d)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clerks Disposal of Certain Exhibits</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 2.5 million</x:t>
   </x:si>
   <x:si>
-    <x:t>2.305(a)(1)</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>38.43(f)</x:t>
   </x:si>
   <x:si>
     <x:t>Evidence Containing Biological Material</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 100,000</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Proceedings on Return of Defendant to Court</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 1.2 million or in a county with 4 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(a-1)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(d)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Education Code</x:t>
@@ -235,59 +226,50 @@
   <x:si>
     <x:t>Contribution Limits</x:t>
   </x:si>
   <x:si>
     <x:t>253.157(a-2)(2)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Limit on Contribution by General-Purpose Committees</x:t>
   </x:si>
   <x:si>
     <x:t>1 million or less</x:t>
   </x:si>
   <x:si>
     <x:t>253.157(a-2)(3)(C)</x:t>
   </x:si>
   <x:si>
     <x:t>32.002(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Judges for County Election</x:t>
   </x:si>
   <x:si>
     <x:t>Over 500,000;500,000 or less</x:t>
   </x:si>
   <x:si>
-    <x:t>42.0051(a)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>42.006(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Population Requirements</x:t>
   </x:si>
   <x:si>
     <x:t>Under 100,000</x:t>
   </x:si>
   <x:si>
     <x:t>42.007</x:t>
   </x:si>
   <x:si>
     <x:t>Combining Incorporated and Unincorporated Territory</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">10,000 or more </x:t>
   </x:si>
   <x:si>
     <x:t>85.065(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Days and Hours for Voting: Temporary Branch in Less Populous County</x:t>
   </x:si>
   <x:si>
     <x:t>Family Code</x:t>
@@ -325,77 +307,113 @@
   <x:si>
     <x:t>23.101(a)(8)</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Priorities</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 175,000</x:t>
   </x:si>
   <x:si>
     <x:t>2303.406(d)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise Project Designation</x:t>
   </x:si>
   <x:si>
     <x:t>2306.6703(b)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Evaluation and Underwriting of Certain Applications</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 1 million</x:t>
   </x:si>
   <x:si>
+    <x:t>37.001(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applicability; Conflict of Law</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402.0352(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reporting of human trafficking cases</x:t>
+  </x:si>
+  <x:si>
     <x:t>403.604(b)(4)</x:t>
   </x:si>
   <x:si>
     <x:t>Required Jobs and Investment</x:t>
   </x:si>
   <x:si>
     <x:t>41.203(b)(4)</x:t>
   </x:si>
   <x:si>
     <x:t>Amount of Transfer</x:t>
   </x:si>
   <x:si>
     <x:t>More than 75,000</x:t>
   </x:si>
   <x:si>
     <x:t>419.909(a-1)(2)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>Fire Safety Inspections</x:t>
   </x:si>
   <x:si>
     <x:t>434.032(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Creation</x:t>
   </x:si>
   <x:si>
+    <x:t>434.424(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Grant Conditions: Single Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434.425(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Grant Conditions: Multiple Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485.025(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Additional Grants for Certain Projects</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,000 or less</x:t>
+  </x:si>
+  <x:si>
     <x:t>485.043(a)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Eligibility for Rebate</x:t>
   </x:si>
   <x:si>
     <x:t>487.301(2)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>Definitions</x:t>
   </x:si>
   <x:si>
     <x:t>487.751</x:t>
   </x:si>
   <x:si>
     <x:t>Not more than 125,000</x:t>
   </x:si>
   <x:si>
     <x:t>51.501(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Joint Clerks</x:t>
   </x:si>
   <x:si>
     <x:t>5,415 to 5,515</x:t>
@@ -481,62 +499,50 @@
   <x:si>
     <x:t>Grants</x:t>
   </x:si>
   <x:si>
     <x:t>539.002(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants for Establishment and Expansion of Community Collaborative</x:t>
   </x:si>
   <x:si>
     <x:t>547.0253(c)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Matching Contributions Required; Grant Conditions</x:t>
   </x:si>
   <x:si>
     <x:t>547.0257(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Distributing and Allocating Appropriated Money</x:t>
   </x:si>
   <x:si>
     <x:t>Not greater than 250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>547.0304(1)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>547.0353(a)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>547.0360(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Allocating Appropriated Money</x:t>
   </x:si>
   <x:si>
     <x:t>547A.0001(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants for Establishing and Expanding Community Collaboratives</x:t>
   </x:si>
   <x:si>
     <x:t>547A.0001(c)</x:t>
   </x:si>
   <x:si>
     <x:t>547A.0005(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Plan Required for Certain Community Collaborative</x:t>
   </x:si>
   <x:si>
     <x:t>551.056(c)(2)</x:t>
@@ -547,50 +553,68 @@
   <x:si>
     <x:t>65,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>552.149(e)</x:t>
   </x:si>
   <x:si>
     <x:t>Exception: Confidentiality of Records of Comptroller or Appraisal District Received from Private Entity</x:t>
   </x:si>
   <x:si>
     <x:t>552.3031(a)(1)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Submission of Request for Attorney General Decision</x:t>
   </x:si>
   <x:si>
     <x:t>57.002(d)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Interpreter or Cart Provider; Cart Provider List</x:t>
   </x:si>
   <x:si>
     <x:t>50,000 or more</x:t>
   </x:si>
   <x:si>
+    <x:t>62.001(a-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jury Source; Reconstitution of Jury Wheel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 1,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>753.103(b)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Award; Limitations on Use</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,999 or less</x:t>
+  </x:si>
+  <x:si>
     <x:t>Health &amp; Safety Code</x:t>
   </x:si>
   <x:si>
     <x:t>117.052(a)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Members</x:t>
   </x:si>
   <x:si>
     <x:t>Greater than 50,000 but less than 250,000</x:t>
   </x:si>
   <x:si>
     <x:t>265.02</x:t>
   </x:si>
   <x:si>
     <x:t>Applicability</x:t>
   </x:si>
   <x:si>
     <x:t>75,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>287.041(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Board of Directors</x:t>
@@ -709,609 +733,621 @@
   <x:si>
     <x:t>81.404(a)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Members; Term</x:t>
   </x:si>
   <x:si>
     <x:t>Human Resources Code</x:t>
   </x:si>
   <x:si>
     <x:t>152.0009(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>190,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>42.0461(a)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Public Notice and Hearing: Residential Child Care </x:t>
   </x:si>
   <x:si>
+    <x:t>Insurance Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2651.012(c)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unencumbered Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000 or more but less than 200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6002.004(d)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provision of Certain Services by Political Subdivision</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Subchapter Applicable to Counties with Population of 225,000 or Less; Exception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111.062(b)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appointment of Budget Officer; Abolition of Office</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accounting System in County With County Auditor and Population of Less Than 190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114.041(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statement of Fees, Commissions, and Other Money Received by Officers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115.043(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Audit by Accountant in Counties With Population of 40,000 to 100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000 to 100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.909(a)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petty Cash Funds for Certain Officials</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 3.3 million</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.911(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Sheriff Office Salary Assistance Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.911(d)(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000 or more and 300,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.912(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Constable's Office Salary Assistance Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.913(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Prosecutor's Office Salary Assistance Grant Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130.913(d)(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152.071(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Classification of Positions; Salary Schedule</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152.072(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petition to Increase Salaries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154.021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compensation of District, County, and Precinct Officers on Salary Basis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154.0235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procedures Regarding Payment of Office Expenses and Employee Salaries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158.034(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Civil Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 2.8 million;2.8 million or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158.038(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exemptions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.3 million or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172.012(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Limitation of Risk Pools</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fewer than 500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175.001(b)(1)(A)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179.002(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applicability of Chapter (Authority of Certain First Responders to Carry Handgun)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233.001(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Requiring Repair, Removal, or Demolition of Building or Other Structure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241.013(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Extraterritorial Zoning in Political Subdivisions with Population of More Than 45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>262.011(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchasing Agents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320.001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eligible Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382.052(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eligibility</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 1,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383.021(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Counties Authorized to Create Districts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>400,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580.004(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rainwater Harvesting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 10,000;10,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84.002(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appointment of County Auditor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,200 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85.024(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>School Safety Meetings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>less than 350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87.043(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temporary Absence in Office of County Judge in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Resources Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.012(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Members of the Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Occupations Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1702.3705(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prohibition Against Certain Political Subdivisions Acting as Alarm Systems Company</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.002(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Application of Chapter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 110,000 in which a (county bail bond) board is created</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discretionary Creation of Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.055(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meetings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1704.160(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Security Requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1956.017(b)(8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2308.051(a)(6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Towing, Storage, and Booting Advisory Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parks &amp; Wildlife Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.002(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Recreation and Parks Account</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.002(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Property Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205.002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211.001(4)(A)(ii)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At least 65,000 and less than 135,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211.002(a)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applicability of Chapter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55.002(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tax Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.55(j)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Change of Use of Land</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.76(j)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311.0091(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Composition of Board of Directors of Certain Reinvestment Zones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34.015(p)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352.009(d)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annual Report to Comptroller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352.107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hotel Tax Authorized for County Development Districts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41.45(b-4)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hearing on Protest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41.47(f)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Protest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 4 million</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.0301(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Board of Directors In Populous Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.032(c)(2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ballot Procedures for Elected Directors; Filing Fee or Petition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.035(a-1)(1)(B)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restrictions on Eligibility and Conduct of Board Members and Chief Appraisers and Their Relatives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Civil Statutes Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Title 34 Ch.2 Art.1676a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Finances,County Auditor, Auditors in certain counties: duties, powers, reports</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Not less than 75,000 and not more than 80,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Title 49 Ch. 11 Art. 2688k</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education - Public,County Schools,Counties of 16,000 or more; ex officio school superintendent and county board of education; abolition of offices; transfer of duties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Constitution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art. 16, §61(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compensation of district, county and precinct officers; salary or fee basis; disposition of fees</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art. 5, §18(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Division of counties into precincts; election of constable and justice of the peace; county commissioners and county commissioners' court</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sec. 30, Art. 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duration of public offices; Railroad Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportation Code</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201.051(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202.059(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowing, Baling, Shredding, and Hoeing Material on Right-of-Way</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 10,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254.008(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regulation of Private Ditches in Counties of 100,000 or Less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284.2031(d)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Civil and Criminal Enforcement: Fine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370.2521(e)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Filing of Financial Statement by Director</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396.021(c )</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Screening Requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000 or less</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460.052(c)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hearing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502.402(b-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optional County Fee for Transportation Projects</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622.902(8)(C )(ii)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Length Exceptions</x:t>
+  </x:si>
+  <x:si>
     <x:t>Less than 300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Insurance Code</x:t>
-[...517 lines deleted...]
-  <x:si>
     <x:t>683.015(d)</x:t>
   </x:si>
   <x:si>
     <x:t>Auction Proceeds</x:t>
   </x:si>
   <x:si>
     <x:t>724.041(e )(1)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Hearing on Suspension or Denial</x:t>
   </x:si>
   <x:si>
     <x:t>Water Code</x:t>
   </x:si>
   <x:si>
     <x:t>12.052(e-1)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Dam Safety</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 350,000</x:t>
   </x:si>
   <x:si>
     <x:t>57.051(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Board of Directors</x:t>
   </x:si>
   <x:si>
     <x:t>2,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>67.011(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Powers of Corporation in Certain Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67.0115(b)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric Generation</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1691,51 +1727,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D167"/>
+  <x:dimension ref="A1:D172"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.320625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
@@ -1746,2342 +1782,2412 @@
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B3" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="4" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B4" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B4" s="3" t="s">
+      <x:c r="C4" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="C4" s="3" t="s">
+      <x:c r="D4" s="4" t="s">
         <x:v>13</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
+      <x:c r="D6" s="4" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D7" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
+      <x:c r="C8" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="s">
+      <x:c r="D8" s="4" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D17" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C18" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C24" s="3" t="s">
+      <x:c r="D24" s="4" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D25" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D30" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="B34" s="3" t="s">
+      <x:c r="D34" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C35" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D35" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C36" s="3" t="s">
+      <x:c r="D36" s="4" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C37" s="3" t="s">
+      <x:c r="D37" s="4" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C40" s="3" t="s">
+      <x:c r="D40" s="4" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C41" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C42" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D42" s="4" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C43" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C44" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="D45" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C47" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D47" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D50" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s">
+      <x:c r="D51" s="4" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D52" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>7</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C54" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
+      <x:c r="D55" s="4" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C62" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C62" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C64" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C68" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C70" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
+      <x:c r="D70" s="4" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D71" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D72" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B73" s="3" t="s">
+      <x:c r="D73" s="4" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C74" s="3" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C76" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C76" s="3" t="s">
+      <x:c r="D76" s="4" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C77" s="3" t="s">
+      <x:c r="D77" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D80" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C81" s="3" t="s">
+      <x:c r="D81" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C82" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C82" s="3" t="s">
+      <x:c r="D82" s="4" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D84" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="s">
+      <x:c r="D87" s="4" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D88" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B91" s="3" t="s">
+      <x:c r="C91" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s">
+      <x:c r="D91" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C92" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
+      <x:c r="D92" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="B93" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C94" s="3" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="3" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="B95" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D95" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C96" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C97" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C98" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C98" s="3" t="s">
+      <x:c r="D98" s="4" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C100" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C100" s="3" t="s">
+      <x:c r="D100" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C101" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D101" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C102" s="3" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C103" s="3" t="s">
+      <x:c r="D103" s="4" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D105" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C109" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D109" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C110" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C110" s="3" t="s">
+      <x:c r="D110" s="4" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C111" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D111" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D112" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D113" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C114" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C114" s="3" t="s">
+      <x:c r="D114" s="4" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D115" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D116" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C117" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C117" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
       <x:c r="A118" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C118" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C118" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D118" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D119" s="4" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="3" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B124" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C124" s="3" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D124" s="4" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="3" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B125" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D125" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C126" s="3" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D126" s="4" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C129" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C129" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D129" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C130" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C130" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D131" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D132" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D133" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
-        <x:v>346</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D138" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C139" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D139" s="4" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
-        <x:v>21</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>22</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D143" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C146" s="3" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D146" s="4" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="C147" s="3" t="s">
+      <x:c r="D147" s="4" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D148" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="3" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="B149" s="3" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="B149" s="3" t="s">
+      <x:c r="D149" s="4" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D150" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="3" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="B152" s="3" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C152" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="B152" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="3" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="B154" s="3" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C154" s="3" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D154" s="4" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C155" s="3" t="s">
+      <x:c r="D155" s="4" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C156" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C156" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>19</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C157" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C157" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>7</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D160" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C161" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D161" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D163" s="4" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C164" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="C164" s="3" t="s">
+      <x:c r="D164" s="4" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="3" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B165" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="B165" s="3" t="s">
+      <x:c r="C165" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C165" s="3" t="s">
+      <x:c r="D165" s="4" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C166" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C166" s="3" t="s">
+      <x:c r="D166" s="4" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="C167" s="3" t="s">
+      <x:c r="D167" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:4">
+      <x:c r="A168" s="3" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B168" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="D167" s="4" t="s">
-        <x:v>256</x:v>
+      <x:c r="C168" s="3" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D168" s="4" t="s">
+        <x:v>416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:4">
+      <x:c r="A169" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B169" s="3" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D169" s="4" t="s">
+        <x:v>424</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:4">
+      <x:c r="A170" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B170" s="3" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C170" s="3" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D170" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:4">
+      <x:c r="A171" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B171" s="3" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C171" s="3" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D171" s="4" t="s">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:4">
+      <x:c r="A172" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B172" s="3" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C172" s="3" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="s">
+        <x:v>424</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Data Export</vt:lpstr>
       <vt:lpstr>Data Export!Print_Area</vt:lpstr>
       <vt:lpstr>Data Export!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>