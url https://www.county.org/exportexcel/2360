--- v6 (2026-03-06)
+++ v7 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618ae733449c43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/851f51529e4042e9ac2fb407ee630787.psmdcp" Id="Ra399584214704b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9726effcb7cc4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/384842059fe3453c8d8614b5dfa92b49.psmdcp" Id="R06b7966bb26e4f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>