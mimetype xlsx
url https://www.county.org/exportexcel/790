--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeeee2ae92ae417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea1271cf9704437cb320db370a7c81a3.psmdcp" Id="R0f68ea24fc6d47e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e41d8e1be424fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f4d3d026a3c450ba89b7b7a65421aa6.psmdcp" Id="R651fbdf67752471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>