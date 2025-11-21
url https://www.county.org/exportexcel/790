--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e41d8e1be424fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f4d3d026a3c450ba89b7b7a65421aa6.psmdcp" Id="R651fbdf67752471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175f8e04631a41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6fa4bdcdb494126bc9f505d2e152e2c.psmdcp" Id="Rf629c36015884d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>