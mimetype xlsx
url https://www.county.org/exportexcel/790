--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175f8e04631a41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6fa4bdcdb494126bc9f505d2e152e2c.psmdcp" Id="Rf629c36015884d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773e3809bc3b44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e62b04aef51d468caa9c12e74f1ec1fd.psmdcp" Id="R8ee9556b5c624b57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>