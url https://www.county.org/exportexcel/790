--- v3 (2025-12-12)
+++ v4 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773e3809bc3b44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e62b04aef51d468caa9c12e74f1ec1fd.psmdcp" Id="R8ee9556b5c624b57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc901eb2f8b8e4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/117c52257ac04eb4ab60224dfe136f24.psmdcp" Id="R2aae297ea2894331" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>