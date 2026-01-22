--- v4 (2026-01-01)
+++ v5 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc901eb2f8b8e4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/117c52257ac04eb4ab60224dfe136f24.psmdcp" Id="R2aae297ea2894331" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce874a7910e4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc5d2377a4ad440ea37716b8b70253e8.psmdcp" Id="R3a425bf304674aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>