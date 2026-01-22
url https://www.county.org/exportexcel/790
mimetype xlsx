--- v5 (2026-01-22)
+++ v6 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce874a7910e4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc5d2377a4ad440ea37716b8b70253e8.psmdcp" Id="R3a425bf304674aee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re77005c1e66c475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ab390206ab14e42810e5c5e86c4a5d7.psmdcp" Id="R7209c64f066f4f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>