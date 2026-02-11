--- v6 (2026-01-22)
+++ v7 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re77005c1e66c475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ab390206ab14e42810e5c5e86c4a5d7.psmdcp" Id="R7209c64f066f4f6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce3fe814d154432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0da2643a3bba43f5bd4b7f92c267612e.psmdcp" Id="Rad01c002328b471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>