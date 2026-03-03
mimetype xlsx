--- v7 (2026-02-11)
+++ v8 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce3fe814d154432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0da2643a3bba43f5bd4b7f92c267612e.psmdcp" Id="Rad01c002328b471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff10e43fdc6d4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2b3c913b2b6406e881f10d7d34e0b84.psmdcp" Id="R39b7d23b62c5487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>
@@ -97,95 +97,77 @@
   <x:si>
     <x:t>34.0445(g)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Eligible to Purchase Real Property</x:t>
   </x:si>
   <x:si>
     <x:t>250,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>Code of Criminal Procedure</x:t>
   </x:si>
   <x:si>
     <x:t>1.051(c )(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Right to representation by counsel</x:t>
   </x:si>
   <x:si>
     <x:t>1.051(i)</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 250,000;250,000 or more</x:t>
   </x:si>
   <x:si>
-    <x:t>2.21(g)</x:t>
-[...2 lines deleted...]
-    <x:t>Duty of Clerks</x:t>
+    <x:t>2.305(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Report Required Concerning Human Trafficking Cases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2A.155(d)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clerks Disposal of Certain Exhibits</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 2.5 million</x:t>
   </x:si>
   <x:si>
-    <x:t>2.305(a)(1)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>2A.156(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Court Reporters Release of Firearms and Contraband to Law Enforcement</x:t>
   </x:si>
   <x:si>
     <x:t>500,000 or more</x:t>
   </x:si>
   <x:si>
-    <x:t>2A.205(a)(1)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>46B.084(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Proceedings on Return of Defendant to Court</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 1.2 million or in a county with 4 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(a-1)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>46B.084(d)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>67.051(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Intelligence Databases Required</x:t>
   </x:si>
   <x:si>
     <x:t>100,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>Education Code</x:t>
@@ -307,62 +289,50 @@
   <x:si>
     <x:t>31.0925(a)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Request for Services Required</x:t>
   </x:si>
   <x:si>
     <x:t>More than 500,000; and does not contain municipality with more than 150,000</x:t>
   </x:si>
   <x:si>
     <x:t>32.002(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Judges for County Election</x:t>
   </x:si>
   <x:si>
     <x:t>Over 500,000;500,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>42.001(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Precincts Established by Commissioners Court</x:t>
   </x:si>
   <x:si>
-    <x:t>42.0051(a)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>42.007</x:t>
   </x:si>
   <x:si>
     <x:t>Combining Incorporated and Unincorporated Territory</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">10,000 or more </x:t>
   </x:si>
   <x:si>
     <x:t>43.002(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Designation of Location: General or Special Election Using County Precincts</x:t>
   </x:si>
   <x:si>
     <x:t>85.062(d)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Parent Contributing to Nonattendance</x:t>
   </x:si>
   <x:si>
     <x:t>400,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>85.064(a)</x:t>
@@ -508,95 +478,122 @@
   <x:si>
     <x:t>Creation of Local Workforce Development Boards</x:t>
   </x:si>
   <x:si>
     <x:t>At least 200,000</x:t>
   </x:si>
   <x:si>
     <x:t>25.0012</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange of Judges in Certain County Courts at Law and County Criminal Courts</x:t>
   </x:si>
   <x:si>
     <x:t>More than 300,000</x:t>
   </x:si>
   <x:si>
     <x:t>27.055(f)</x:t>
   </x:si>
   <x:si>
     <x:t>Special and Temporary Justices</x:t>
   </x:si>
   <x:si>
     <x:t>More than 800,000</x:t>
   </x:si>
   <x:si>
+    <x:t>37.001(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applicability; Conflict of Law</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000 or more</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402.0352(a)(1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reporting of human trafficking cases</x:t>
+  </x:si>
+  <x:si>
     <x:t>403.604(b)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Required Jobs and Investment</x:t>
   </x:si>
   <x:si>
     <x:t>At least 750,000</x:t>
   </x:si>
   <x:si>
     <x:t>41.203(b)(4)</x:t>
   </x:si>
   <x:si>
     <x:t>Amount of Transfer</x:t>
   </x:si>
   <x:si>
     <x:t>More than 75,000</x:t>
   </x:si>
   <x:si>
     <x:t>418.005(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Emergency Management Training</x:t>
   </x:si>
   <x:si>
     <x:t>423.008(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Reporting by Law Enforcement Agency</x:t>
   </x:si>
   <x:si>
     <x:t>Greater than 150,000</x:t>
   </x:si>
   <x:si>
     <x:t>434.032(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Creation</x:t>
   </x:si>
   <x:si>
     <x:t>434.040(a)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Veterans County Service Officer Task Force</x:t>
   </x:si>
   <x:si>
+    <x:t>434.424(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Grant Conditions: Single Counties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434.425(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Grant Conditions: Multiple Counties</x:t>
+  </x:si>
+  <x:si>
     <x:t>51.501(c)</x:t>
   </x:si>
   <x:si>
     <x:t>Joint Clerks</x:t>
   </x:si>
   <x:si>
     <x:t>5,415 to 5,515</x:t>
   </x:si>
   <x:si>
     <x:t>511.004(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Membership; Terms; Vacancies</x:t>
   </x:si>
   <x:si>
     <x:t>More than 35,000;35,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>511.022(b)(6)</x:t>
   </x:si>
   <x:si>
     <x:t>Advisory Committee</x:t>
   </x:si>
   <x:si>
     <x:t>80,000 or more</x:t>
@@ -652,128 +649,131 @@
   <x:si>
     <x:t>54.1951</x:t>
   </x:si>
   <x:si>
     <x:t>Application of Subchapter</x:t>
   </x:si>
   <x:si>
     <x:t>More than 820,000 and is contiguous to a county with a population of at least 4 million</x:t>
   </x:si>
   <x:si>
     <x:t>540A.0051(c)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Delivery of Medical Transportation Program Services Through Managed Transportation Organization</x:t>
   </x:si>
   <x:si>
     <x:t>750,000 or more; in which all or part of a municipality with a population of 1 million or more is located; and that is located adjacent to a county with a population of 2 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>547.0253(c)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Matching Contributions Required; Grant Conditions</x:t>
   </x:si>
   <x:si>
-    <x:t>547.0304(3)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>547.0353(a)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>551.056(c)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Additional Posting Requirements for Certain Municipalities, Counties, School Districts, Junior College Districts, Development Corporations, Authorities, and Joint Boards</x:t>
   </x:si>
   <x:si>
     <x:t>65,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>551.128(b-1)</x:t>
   </x:si>
   <x:si>
     <x:t>Internet Broadcast of Open Meeting</x:t>
   </x:si>
   <x:si>
     <x:t>125,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>552.149(e)</x:t>
   </x:si>
   <x:si>
     <x:t>Exception: Confidentiality of Records of Comptroller or Appraisal District Received from Private Entity</x:t>
   </x:si>
   <x:si>
     <x:t>57.002(d)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Interpreter or Cart Provider; Cart Provider List</x:t>
   </x:si>
   <x:si>
     <x:t>50,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>614.002(3)</x:t>
   </x:si>
   <x:si>
     <x:t>190,000 or more</x:t>
   </x:si>
   <x:si>
+    <x:t>62.001(a-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jury Source; Reconstitution of Jury Wheel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Less than 1,000</x:t>
+  </x:si>
+  <x:si>
     <x:t>62.001(j)</x:t>
   </x:si>
   <x:si>
-    <x:t>Jury Source; Reconstitution of Jury Wheel</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>62.002(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Jury Wheel Cards</x:t>
   </x:si>
   <x:si>
     <x:t>140,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>62.106(a)(6)</x:t>
   </x:si>
   <x:si>
     <x:t>Exemption From Jury Service</x:t>
   </x:si>
   <x:si>
     <x:t>62.106(a)(8)</x:t>
   </x:si>
   <x:si>
+    <x:t>753.103(b)(3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Award; Limitations on Use</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At least 500,000 but not more than 999,999</x:t>
+  </x:si>
+  <x:si>
     <x:t>79.014(a)(5)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointments</x:t>
   </x:si>
   <x:si>
     <x:t>Health &amp; Safety Code</x:t>
   </x:si>
   <x:si>
     <x:t>1001.077(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Adult Diabetes Education Program</x:t>
   </x:si>
   <x:si>
     <x:t>117.052(a)(4)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Members</x:t>
   </x:si>
   <x:si>
     <x:t>262.035(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Powers and Duties of Certain Hospital Authorities; Lease</x:t>
@@ -943,50 +943,56 @@
   <x:si>
     <x:t>773.0045(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Temporary Exemptions for Emergency Medical Services Personnel Practicing in Rural Area</x:t>
   </x:si>
   <x:si>
     <x:t>775.014(h)</x:t>
   </x:si>
   <x:si>
     <x:t>Creation of District That Includes Municipal Territory</x:t>
   </x:si>
   <x:si>
     <x:t>Less than 2.1 million</x:t>
   </x:si>
   <x:si>
     <x:t>775.0341(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Board in Certain Districts Located in More than One County</x:t>
   </x:si>
   <x:si>
     <x:t>More than 54,000</x:t>
   </x:si>
   <x:si>
+    <x:t>775.1025(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Requirements for Districts Located in Certain Counties</x:t>
+  </x:si>
+  <x:si>
     <x:t>81.404(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of Members; Term</x:t>
   </x:si>
   <x:si>
     <x:t>Human Resources Code</x:t>
   </x:si>
   <x:si>
     <x:t>48.1521(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Investigation of Complex Cases</x:t>
   </x:si>
   <x:si>
     <x:t>Insurance Code</x:t>
   </x:si>
   <x:si>
     <x:t>2651.012(c)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Unencumbered Assets</x:t>
   </x:si>
   <x:si>
     <x:t>200,000 or more but less than 1 million</x:t>
@@ -1144,51 +1150,51 @@
   <x:si>
     <x:t>152.906</x:t>
   </x:si>
   <x:si>
     <x:t>Longevity Pay for Deputy Constables</x:t>
   </x:si>
   <x:si>
     <x:t>154.041</x:t>
   </x:si>
   <x:si>
     <x:t>Counties Covered by Subchapter</x:t>
   </x:si>
   <x:si>
     <x:t>154.043</x:t>
   </x:si>
   <x:si>
     <x:t>Procedures Regarding Payment of Employee Salaries</x:t>
   </x:si>
   <x:si>
     <x:t>157.021(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Hours of Work of County Employees</x:t>
   </x:si>
   <x:si>
-    <x:t>355,000 or more</x:t>
+    <x:t>265,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>157.062</x:t>
   </x:si>
   <x:si>
     <x:t>Motor Vehicle Liability Insurance for Peace Officers in Certain Counties</x:t>
   </x:si>
   <x:si>
     <x:t>157.902(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel Rules Applying to Juvenile and Probation Officers Court Reporters, and County Auditor's Office in Counties of 500,000 or More</x:t>
   </x:si>
   <x:si>
     <x:t>158.002</x:t>
   </x:si>
   <x:si>
     <x:t>Eligible Counties</x:t>
   </x:si>
   <x:si>
     <x:t>158.0025(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Creation of Sheriff's Department Civil Service System in Certain Counties Not Covered by Subchapter B</x:t>
   </x:si>
@@ -1360,50 +1366,56 @@
   <x:si>
     <x:t>5,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>320.0455(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Rules in Certain Counties; Penalty for Violations</x:t>
   </x:si>
   <x:si>
     <x:t>800,000 or more that is adjacent to a county with a population of 2.8 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>337.013(a)(1)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Scope of Authority</x:t>
   </x:si>
   <x:si>
     <x:t>352.005(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Contractual Provision of Fire-Fighting Equipment or Services</x:t>
   </x:si>
   <x:si>
+    <x:t>352.0125(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Requirements in Certain Counties</x:t>
+  </x:si>
+  <x:si>
     <x:t>352.082(a)(1)</x:t>
   </x:si>
   <x:si>
     <x:t>Outdoor Burning of Household Refuse in Certain Residential Areas</x:t>
   </x:si>
   <x:si>
     <x:t>Unincorporated area of a county adjacent to a county with 3.3 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>363.051(a)(1)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>Political Subdivisions Authorized to Create District</x:t>
   </x:si>
   <x:si>
     <x:t>More than 130,000</x:t>
   </x:si>
   <x:si>
     <x:t>382.052(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Eligibility</x:t>
   </x:si>
   <x:si>
     <x:t>More than 1,000</x:t>
@@ -1447,82 +1459,77 @@
   <x:si>
     <x:t>2.5 million or more and any adjoining county</x:t>
   </x:si>
   <x:si>
     <x:t>562.016(b)</x:t>
   </x:si>
   <x:si>
     <x:t>562.016(c)</x:t>
   </x:si>
   <x:si>
     <x:t>580.004(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Rainwater Harvesting</x:t>
   </x:si>
   <x:si>
     <x:t>More than 10,000;10,000 or less</x:t>
   </x:si>
   <x:si>
     <x:t>615.002(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Regulation of Courthouse Parking Lots in Certain Counties</x:t>
   </x:si>
   <x:si>
-    <x:t>14,800 to 15,000;
-[...10 lines deleted...]
-    <x:t>Parking Lots and Parking Garages in Certain Counties</x:t>
+    <x:t>14,800 to 15,000;  19,900 to 20,000;  21,300 to 21,500;  57,800 to 57,900;  36,000 to 36,500; or  234,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>84.002(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Appointment of County Auditor</x:t>
   </x:si>
   <x:si>
     <x:t>10,200 or more</x:t>
   </x:si>
   <x:si>
     <x:t>85.006(a)</x:t>
   </x:si>
   <x:si>
     <x:t>County Police Force in Counties of 210,000 or More</x:t>
   </x:si>
   <x:si>
     <x:t>210,000 or more</x:t>
   </x:si>
   <x:si>
+    <x:t>85.024(c-1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>School Safety Meetings</x:t>
+  </x:si>
+  <x:si>
     <x:t>87.042(b)</x:t>
   </x:si>
   <x:si>
     <x:t>County Commissioner Vacancy</x:t>
   </x:si>
   <x:si>
     <x:t>Natural Resources Code</x:t>
   </x:si>
   <x:si>
     <x:t>92.002(3)(A)</x:t>
   </x:si>
   <x:si>
     <x:t>Definitions ("Qualified subdivision")</x:t>
   </x:si>
   <x:si>
     <x:t>Excess of 400,000</x:t>
   </x:si>
   <x:si>
     <x:t>Occupations Code</x:t>
   </x:si>
   <x:si>
     <x:t>1702.239(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Training Requirements for Alarm Systems Installer; Examination</x:t>
@@ -1749,66 +1756,66 @@
   <x:si>
     <x:t>Education - Public,County Schools,Automobiles for use of county superintendents in counties of 500,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>Title 49 Ch. 12 Art. 2702</x:t>
   </x:si>
   <x:si>
     <x:t>Education - Public,County Unit System,Election</x:t>
   </x:si>
   <x:si>
     <x:t>100,000 or over;Not less than 3,960 and not more than 4,000;Not less than 8,600 and not more than 9,000</x:t>
   </x:si>
   <x:si>
     <x:t>Title 51 Ch. 1 Art. 3183b-1</x:t>
   </x:si>
   <x:si>
     <x:t>Eleemosynary Institutions,General Provisions,Eminent domain by certain nonprofit charitable corporations</x:t>
   </x:si>
   <x:si>
     <x:t>In excess of 600,000</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Constitution</x:t>
   </x:si>
   <x:si>
-    <x:t>Art. 16, Â§61(a)</x:t>
+    <x:t>Art. 16, §61(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of district, county and precinct officers; salary or fee basis; disposition of fees</x:t>
   </x:si>
   <x:si>
     <x:t>20,000 or more</x:t>
   </x:si>
   <x:si>
-    <x:t>Art. 5, Â§18(a)</x:t>
+    <x:t>Art. 5, §18(a)</x:t>
   </x:si>
   <x:si>
     <x:t>Division of counties into precincts; election of constable and justice of the peace; county commissioners and county commissioners' court</x:t>
   </x:si>
   <x:si>
-    <x:t>Art. 9, Â§4</x:t>
+    <x:t>Art. 9, §4</x:t>
   </x:si>
   <x:si>
     <x:t>County-wide hospital districts</x:t>
   </x:si>
   <x:si>
     <x:t>In excess of 190,000</x:t>
   </x:si>
   <x:si>
     <x:t>Sec. 30, Art. 16</x:t>
   </x:si>
   <x:si>
     <x:t>Duration of public offices; Railroad Commission</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation Code</x:t>
   </x:si>
   <x:si>
     <x:t>112.054(a)(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Condemnation of Property: Certain Terminal Switching Railroads</x:t>
   </x:si>
   <x:si>
     <x:t>110,000 or more; is not adjacent to the Texas border; and does not contain a portion of a national forest</x:t>
   </x:si>
@@ -1855,50 +1862,59 @@
     <x:t>More than 78,000</x:t>
   </x:si>
   <x:si>
     <x:t>282.001</x:t>
   </x:si>
   <x:si>
     <x:t>284.002(a)(3)</x:t>
   </x:si>
   <x:si>
     <x:t>Applicability to Certain Counties and Local Government Corporations</x:t>
   </x:si>
   <x:si>
     <x:t>Adjacent to a county that has a population of 2.5 million or more</x:t>
   </x:si>
   <x:si>
     <x:t>284.201(2)</x:t>
   </x:si>
   <x:si>
     <x:t>Adjacent to a county with more than 3.3 million</x:t>
   </x:si>
   <x:si>
     <x:t>284.2031(d)</x:t>
   </x:si>
   <x:si>
     <x:t>Civil and Criminal Enforcement: Fine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285.001(a)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regulation of Roadside Vendor and Solicitor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>More than 600,000 that is adjacent to a county with a population of more than 4 million</x:t>
   </x:si>
   <x:si>
     <x:t>364.0001(b)</x:t>
   </x:si>
   <x:si>
     <x:t>Definition ("bridge")</x:t>
   </x:si>
   <x:si>
     <x:t>More than 675,000</x:t>
   </x:si>
   <x:si>
     <x:t>365.002</x:t>
   </x:si>
   <x:si>
     <x:t>175,000 or more</x:t>
   </x:si>
   <x:si>
     <x:t>395.001(a)(1)(B)</x:t>
   </x:si>
   <x:si>
     <x:t>Adjacent to a county with 3.3 million or more in which a municipality with more than 60,000</x:t>
   </x:si>
   <x:si>
     <x:t>431.073(a)(1)</x:t>
   </x:si>
@@ -2091,73 +2107,69 @@
       <x:bottom style="thin">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="6">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <x:protection locked="1" hidden="0"/>
-[...2 lines deleted...]
-      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -2414,51 +2426,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D272"/>
+  <x:dimension ref="A1:D275"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.330625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
@@ -2629,1286 +2641,1286 @@
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D14" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C18" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D18" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B25" s="3" t="s">
+      <x:c r="D25" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C26" s="3" t="s">
+      <x:c r="D26" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D27" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D28" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D29" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C30" s="3" t="s">
+      <x:c r="D30" s="4" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D32" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D34" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C35" s="3" t="s">
+      <x:c r="D35" s="4" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="D36" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C37" s="3" t="s">
+      <x:c r="D37" s="4" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C38" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D38" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D40" s="4" t="s">
-        <x:v>16</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D41" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C42" s="3" t="s">
+      <x:c r="D42" s="4" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D43" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D44" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="3" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D46" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D48" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D49" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B50" s="3" t="s">
+      <x:c r="D50" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D53" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D54" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D55" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D56" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D57" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D58" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D59" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D60" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D61" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D62" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D63" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D64" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D66" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D67" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C68" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D68" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D69" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C70" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
+      <x:c r="D70" s="4" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C71" s="3" t="s">
+      <x:c r="D71" s="4" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C72" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
+      <x:c r="D72" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D73" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C74" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C74" s="3" t="s">
+      <x:c r="D74" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="D75" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C76" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C76" s="3" t="s">
+      <x:c r="D76" s="4" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
       <x:c r="D77" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C78" s="3" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
       <x:c r="D78" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C79" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D79" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C80" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C80" s="3" t="s">
+      <x:c r="D80" s="4" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C81" s="3" t="s">
+      <x:c r="D81" s="4" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C82" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C82" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D82" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D83" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C84" s="3" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C85" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D85" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D86" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D87" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D88" s="4" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D89" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D90" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s">
+      <x:c r="D91" s="4" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D92" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D93" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D94" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D95" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D96" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D98" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D99" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D100" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D101" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D102" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D103" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D104" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>262</x:v>
@@ -3920,76 +3932,76 @@
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D106" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D107" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D108" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D109" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D110" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>273</x:v>
@@ -4099,2182 +4111,2224 @@
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D119" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D120" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
       <x:c r="A121" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D121" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
       <x:c r="A122" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D122" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:4">
       <x:c r="A123" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D123" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:4">
       <x:c r="A124" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D124" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:4">
       <x:c r="A125" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D125" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:4">
       <x:c r="A126" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D126" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:4">
       <x:c r="A127" s="3" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="B127" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="B127" s="3" t="s">
+      <x:c r="C127" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C127" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D127" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:4">
       <x:c r="A128" s="3" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B128" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="B128" s="3" t="s">
+      <x:c r="C128" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C128" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D128" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:4">
       <x:c r="A129" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C129" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C129" s="3" t="s">
+      <x:c r="D129" s="4" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:4">
       <x:c r="A130" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D130" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:4">
       <x:c r="A131" s="3" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="B131" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C131" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="B131" s="3" t="s">
+      <x:c r="D131" s="4" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:4">
       <x:c r="A132" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C132" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C132" s="3" t="s">
+      <x:c r="D132" s="4" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:4">
       <x:c r="A133" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C133" s="3" t="s">
+      <x:c r="D133" s="4" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:4">
       <x:c r="A134" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D134" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:4">
       <x:c r="A135" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D135" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:4">
       <x:c r="A136" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D136" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:4">
       <x:c r="A137" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D137" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:4">
       <x:c r="A138" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C138" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C138" s="3" t="s">
+      <x:c r="D138" s="4" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:4">
       <x:c r="A139" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D139" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:4">
       <x:c r="A140" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D140" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:4">
       <x:c r="A141" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D141" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:4">
       <x:c r="A142" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D142" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:4">
       <x:c r="A143" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C143" s="3" t="s">
+      <x:c r="D143" s="4" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:4">
       <x:c r="A144" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D144" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:4">
       <x:c r="A145" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D145" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:4">
       <x:c r="A146" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C146" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C146" s="3" t="s">
+      <x:c r="D146" s="4" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:4">
       <x:c r="A147" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D147" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:4">
       <x:c r="A148" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C148" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C148" s="3" t="s">
+      <x:c r="D148" s="4" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:4">
       <x:c r="A149" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C149" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D149" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:4">
       <x:c r="A150" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C150" s="3" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D150" s="4" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:4">
       <x:c r="A151" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D151" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:4">
       <x:c r="A152" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D152" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:4">
       <x:c r="A153" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D153" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:4">
       <x:c r="A154" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C154" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C154" s="3" t="s">
+      <x:c r="D154" s="4" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:4">
       <x:c r="A155" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D155" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:4">
       <x:c r="A156" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D156" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:4">
       <x:c r="A157" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D157" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:4">
       <x:c r="A158" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D158" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:4">
       <x:c r="A159" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D159" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:4">
       <x:c r="A160" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C160" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C160" s="3" t="s">
+      <x:c r="D160" s="4" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:4">
       <x:c r="A161" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C161" s="3" t="s">
+      <x:c r="D161" s="4" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:4">
       <x:c r="A162" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C162" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C162" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D162" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:4">
       <x:c r="A163" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D163" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:4">
       <x:c r="A164" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D164" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:4">
       <x:c r="A165" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="D165" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:4">
       <x:c r="A166" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D166" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:4">
       <x:c r="A167" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D167" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:4">
       <x:c r="A168" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D168" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:4">
       <x:c r="A169" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D169" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:4">
       <x:c r="A170" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D170" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:4">
       <x:c r="A171" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D171" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:4">
       <x:c r="A172" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D172" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:4">
       <x:c r="A173" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B173" s="3" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="D173" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:4">
       <x:c r="A174" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B174" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C174" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:4">
       <x:c r="A175" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B175" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C175" s="3" t="s">
+      <x:c r="D175" s="4" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:4">
       <x:c r="A176" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B176" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C176" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D176" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:4">
       <x:c r="A177" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B177" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="D177" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:4">
       <x:c r="A178" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B178" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C178" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D178" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:4">
       <x:c r="A179" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B179" s="3" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D179" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:4">
       <x:c r="A180" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B180" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C180" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D180" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:4">
       <x:c r="A181" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B181" s="3" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C181" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C181" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D181" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:4">
       <x:c r="A182" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B182" s="3" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C182" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C182" s="3" t="s">
+      <x:c r="D182" s="4" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:4">
       <x:c r="A183" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B183" s="3" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C183" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C183" s="3" t="s">
+      <x:c r="D183" s="4" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:4">
       <x:c r="A184" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B184" s="3" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C184" s="3" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="D184" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:4">
       <x:c r="A185" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B185" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="D185" s="4" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:4">
       <x:c r="A186" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B186" s="3" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C186" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C186" s="3" t="s">
+      <x:c r="D186" s="4" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:4">
       <x:c r="A187" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B187" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="D187" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:4">
       <x:c r="A188" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B188" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C188" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="D188" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:4">
       <x:c r="A189" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B189" s="3" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C189" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D189" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:4">
       <x:c r="A190" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B190" s="3" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C190" s="3" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D190" s="4" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:4">
       <x:c r="A191" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B191" s="3" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C191" s="3" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D191" s="4" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:4">
       <x:c r="A192" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B192" s="3" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C192" s="3" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D192" s="4" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:4">
       <x:c r="A193" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B193" s="3" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C193" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C193" s="3" t="s">
+      <x:c r="D193" s="4" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:4">
       <x:c r="A194" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B194" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C194" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="D194" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:4">
       <x:c r="A195" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B195" s="3" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C195" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C195" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D195" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:4">
       <x:c r="A196" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B196" s="3" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C196" s="3" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D196" s="4" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:4">
       <x:c r="A197" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B197" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D197" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:4">
       <x:c r="A198" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B198" s="3" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C198" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="C198" s="3" t="s">
+      <x:c r="D198" s="4" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:4">
       <x:c r="A199" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B199" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s">
-        <x:v>478</x:v>
-[...2 lines deleted...]
-        <x:v>479</x:v>
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="D199" s="4" t="s">
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:4">
       <x:c r="A200" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B200" s="3" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="C200" s="3" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D200" s="4" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:4">
       <x:c r="A201" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B201" s="3" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C201" s="3" t="s">
+      <x:c r="D201" s="4" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:4">
       <x:c r="A202" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B202" s="3" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C202" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C202" s="3" t="s">
+      <x:c r="D202" s="4" t="s">
         <x:v>486</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:4">
       <x:c r="A203" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B203" s="3" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="C203" s="3" t="s">
+      <x:c r="D203" s="4" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:4">
       <x:c r="A204" s="3" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="B204" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="B204" s="3" t="s">
+      <x:c r="C204" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C204" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D204" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:4">
       <x:c r="A205" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B205" s="3" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D205" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:4">
       <x:c r="A206" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B206" s="3" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C206" s="3" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D206" s="4" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:4">
       <x:c r="A207" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B207" s="3" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C207" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C207" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D207" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:4">
       <x:c r="A208" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B208" s="3" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C208" s="3" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C208" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D208" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:4">
       <x:c r="A209" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B209" s="3" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D209" s="4" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:4">
       <x:c r="A210" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B210" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C210" s="3" t="s">
-        <x:v>507</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D210" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:4">
       <x:c r="A211" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B211" s="3" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="C211" s="3" t="s">
+      <x:c r="D211" s="4" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:4">
       <x:c r="A212" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B212" s="3" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C212" s="3" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C212" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D212" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:4">
       <x:c r="A213" s="3" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B213" s="3" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D213" s="4" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:4">
       <x:c r="A214" s="3" t="s">
-        <x:v>514</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B214" s="3" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C214" s="3" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D214" s="4" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:4">
       <x:c r="A215" s="3" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="B215" s="3" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="B215" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D215" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:4">
       <x:c r="A216" s="3" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B216" s="3" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C216" s="3" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D216" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:4">
       <x:c r="A217" s="3" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B217" s="3" t="s">
-        <x:v>524</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D217" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:4">
       <x:c r="A218" s="3" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B218" s="3" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C218" s="3" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="D218" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:4">
       <x:c r="A219" s="3" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B219" s="3" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D219" s="4" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:4">
       <x:c r="A220" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B220" s="3" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C220" s="3" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="D220" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:4">
       <x:c r="A221" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B221" s="3" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s">
-        <x:v>532</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D221" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:4">
       <x:c r="A222" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B222" s="3" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C222" s="3" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="D222" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:4">
       <x:c r="A223" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B223" s="3" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D223" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:4">
       <x:c r="A224" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B224" s="3" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C224" s="3" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D224" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:4">
       <x:c r="A225" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B225" s="3" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s">
-        <x:v>540</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D225" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:4">
       <x:c r="A226" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B226" s="3" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C226" s="3" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D226" s="4" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:4">
       <x:c r="A227" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B227" s="3" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="C227" s="3" t="s">
+      <x:c r="D227" s="4" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:4">
       <x:c r="A228" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B228" s="3" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C228" s="3" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="D228" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:4">
       <x:c r="A229" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B229" s="3" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C229" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D229" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:4">
       <x:c r="A230" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B230" s="3" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C230" s="3" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="D230" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:4">
       <x:c r="A231" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B231" s="3" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D231" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:4">
       <x:c r="A232" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B232" s="3" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C232" s="3" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="D232" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:4">
       <x:c r="A233" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B233" s="3" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="C233" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D233" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:4">
       <x:c r="A234" s="3" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B234" s="3" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="C234" s="3" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="B234" s="3" t="s">
+      <x:c r="D234" s="4" t="s">
         <x:v>560</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:4">
       <x:c r="A235" s="3" t="s">
-        <x:v>559</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B235" s="3" t="s">
-        <x:v>563</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s">
-        <x:v>564</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D235" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:4">
       <x:c r="A236" s="3" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B236" s="3" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C236" s="3" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D236" s="4" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:4">
       <x:c r="A237" s="3" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B237" s="3" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D237" s="4" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:4">
       <x:c r="A238" s="3" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B238" s="3" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C238" s="3" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="C238" s="3" t="s">
+      <x:c r="D238" s="4" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:4">
       <x:c r="A239" s="3" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B239" s="3" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="C239" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D239" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:4">
       <x:c r="A240" s="3" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B240" s="3" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C240" s="3" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="D240" s="4" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:4">
       <x:c r="A241" s="3" t="s">
-        <x:v>577</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B241" s="3" t="s">
-        <x:v>581</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s">
-        <x:v>582</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D241" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:4">
       <x:c r="A242" s="3" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B242" s="3" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C242" s="3" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D242" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:4">
       <x:c r="A243" s="3" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B243" s="3" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D243" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:4">
       <x:c r="A244" s="3" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B244" s="3" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="C244" s="3" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="C244" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D244" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:4">
       <x:c r="A245" s="3" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="B245" s="3" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="B245" s="3" t="s">
+      <x:c r="D245" s="4" t="s">
         <x:v>589</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:4">
       <x:c r="A246" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="B246" s="3" t="s">
-        <x:v>592</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C246" s="3" t="s">
-        <x:v>593</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D246" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:4">
       <x:c r="A247" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B247" s="3" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C247" s="3" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D247" s="4" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:4">
       <x:c r="A248" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B248" s="3" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C248" s="3" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D248" s="4" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:4">
       <x:c r="A249" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B249" s="3" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D249" s="4" t="s">
         <x:v>601</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:4">
       <x:c r="A250" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B250" s="3" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="C250" s="3" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="C250" s="3" t="s">
+      <x:c r="D250" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:4">
       <x:c r="A251" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B251" s="3" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="C251" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D251" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:4">
       <x:c r="A252" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B252" s="3" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C252" s="3" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="D252" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:4">
       <x:c r="A253" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B253" s="3" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D253" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:4">
       <x:c r="A254" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B254" s="3" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C254" s="3" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="C254" s="3" t="s">
+      <x:c r="D254" s="4" t="s">
         <x:v>613</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:4">
       <x:c r="A255" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B255" s="3" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D255" s="4" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:4">
       <x:c r="A256" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B256" s="3" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C256" s="3" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="C256" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D256" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:4">
       <x:c r="A257" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B257" s="3" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C257" s="3" t="s">
         <x:v>619</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="D257" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:4">
       <x:c r="A258" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B258" s="3" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C258" s="3" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="D258" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:4">
       <x:c r="A259" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B259" s="3" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s">
-        <x:v>624</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D259" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:4">
       <x:c r="A260" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B260" s="3" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C260" s="3" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D260" s="4" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:4">
       <x:c r="A261" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B261" s="3" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D261" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:4">
       <x:c r="A262" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B262" s="3" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C262" s="3" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D262" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:4">
       <x:c r="A263" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B263" s="3" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D263" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:4">
       <x:c r="A264" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B264" s="3" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C264" s="3" t="s">
-        <x:v>635</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D264" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:4">
       <x:c r="A265" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B265" s="3" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="D265" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:4">
       <x:c r="A266" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B266" s="3" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C266" s="3" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="C266" s="3" t="s">
+      <x:c r="D266" s="4" t="s">
         <x:v>640</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:4">
       <x:c r="A267" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B267" s="3" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="D267" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:4">
       <x:c r="A268" s="3" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="B268" s="3" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="B268" s="3" t="s">
+      <x:c r="C268" s="3" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="C268" s="3" t="s">
+      <x:c r="D268" s="4" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:4">
       <x:c r="A269" s="3" t="s">
-        <x:v>643</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B269" s="3" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="C269" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D269" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:4">
       <x:c r="A270" s="3" t="s">
-        <x:v>643</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B270" s="3" t="s">
-        <x:v>650</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C270" s="3" t="s">
-        <x:v>651</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D270" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:4">
       <x:c r="A271" s="3" t="s">
-        <x:v>643</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B271" s="3" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="D271" s="4" t="s">
         <x:v>653</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:4">
       <x:c r="A272" s="3" t="s">
-        <x:v>643</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B272" s="3" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C272" s="3" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="D272" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="C272" s="3" t="s">
+    </x:row>
+    <x:row r="273" spans="1:4">
+      <x:c r="A273" s="3" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="B273" s="3" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="D272" s="4" t="s">
-        <x:v>353</x:v>
+      <x:c r="C273" s="3" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D273" s="4" t="s">
+        <x:v>659</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:4">
+      <x:c r="A274" s="3" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="B274" s="3" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="C274" s="3" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D274" s="4" t="s">
+        <x:v>662</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:4">
+      <x:c r="A275" s="3" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="B275" s="3" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="C275" s="3" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="D275" s="4" t="s">
+        <x:v>355</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Data Export</vt:lpstr>
       <vt:lpstr>Data Export!Print_Area</vt:lpstr>
       <vt:lpstr>Data Export!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>