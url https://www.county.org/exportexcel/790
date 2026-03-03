--- v8 (2026-03-03)
+++ v9 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff10e43fdc6d4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2b3c913b2b6406e881f10d7d34e0b84.psmdcp" Id="R39b7d23b62c5487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425edae555a04a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/443bfa8f7a88473a8af45aa82f1f24e9.psmdcp" Id="Rf850251752a746e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>