--- v9 (2026-03-03)
+++ v10 (2026-03-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425edae555a04a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/443bfa8f7a88473a8af45aa82f1f24e9.psmdcp" Id="Rf850251752a746e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28417ef485f4923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bff8efdb95447e3a6e8f6d903691d92.psmdcp" Id="Rcd67cf8a2c4943e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data Export" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>Section</x:t>
   </x:si>
   <x:si>