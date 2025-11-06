--- v0 (2025-10-15)
+++ v1 (2025-11-06)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbfd8bcada91e4c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3c54b99374d48ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>