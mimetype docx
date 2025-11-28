--- v1 (2025-11-06)
+++ v2 (2025-11-28)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3c54b99374d48ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc63c0ad287b44422" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>