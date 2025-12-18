--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc63c0ad287b44422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00c77a83a9ec4347" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>