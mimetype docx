--- v3 (2025-12-18)
+++ v4 (2026-01-07)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00c77a83a9ec4347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5cb70af7c574ed7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>