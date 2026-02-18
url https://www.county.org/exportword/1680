--- v4 (2026-01-07)
+++ v5 (2026-02-18)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5cb70af7c574ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd00a776572a94478" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>