--- v5 (2026-02-18)
+++ v6 (2026-02-18)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd00a776572a94478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae16760f8ca8449b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>