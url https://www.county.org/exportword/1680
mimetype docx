--- v6 (2026-02-18)
+++ v7 (2026-03-10)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae16760f8ca8449b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4151300a89a34589" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -56,51 +56,51 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Agriculture Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>12.0271(a)(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Rural Economic Development and Investment Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Not more than 75,000</w:t>
+              <w:t>Not more than 200,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Agriculture Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>12.046(a)(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Texas Rural Investment Fund</w:t>
             </w:r>
           </w:p>
@@ -462,6918 +462,7158 @@
           <w:p>
             <w:r>
               <w:t>Extraordinary Costs of Prosecution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code of Criminal Procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>2.21(g)</w:t>
-[...6 lines deleted...]
-              <w:t>Duty of Clerks</w:t>
+              <w:t>2A.007(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Adjunct Police Officers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2A.155(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Clerks Disposal of Certain Exhibits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 2.5 million</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code of Criminal Procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>2A.007(a)</w:t>
-[...6 lines deleted...]
-              <w:t>Adjunct Police Officers</w:t>
+              <w:t>38.43(f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Evidence Containing Biological Material</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>42A.304(f)(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Community Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46B.084(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Proceedings on Return of Defendant to Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1.2 million or in a county with 4 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46B.084(a-1)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Proceedings on Return of Defendant to Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1.2 million or in a county with 4 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46B.084(d)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Proceedings on Return of Defendant to Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1.2 million or in a county with 4 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1001.255(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Regulation of Certain Driver Education Instructors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>11.052(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Single-Member Trustee Districts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>11.1513(g)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Employment Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 35,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.253(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Branch Campus Maintenance Tax</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>150,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>33.906(e)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Website Information Concerning Local Programs and Services Available to Assist Homeless Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>37.011(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Juvenile Justice Alternative Education Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 125,000;Less than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>38.060(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Coordination with Existing Providers in Certain Areas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Not greater than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>49.158(a)(3)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 40,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>56.101(7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Rural County")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>61.9601</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definition ("Rural County")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>127.004(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Assistants to Tabulation Supervisor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>127.351(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Randomized County Audits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>less than 300,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>172.024(a)(14)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing Fee (County Officials)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Under 200,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Code of Criminal Procedure</w:t>
-[...43 lines deleted...]
-              <w:t>Evidence Containing Biological Material</w:t>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>172.024(a)(15)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing Fee (Justice of the Peace)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>18.013(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Political Subdivision List in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>25,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>19.004(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Use of State Funds Restricted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 55,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>253.155(b)(2)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Contribution Limits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>253.157(a-2)(2)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limit on Contribution by General-Purpose Committees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1 million or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>253.157(a-2)(3)(C)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limit on Contribution by General-Purpose Committees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>32.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Judges for County Election</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Over 500,000;500,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>42.006(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Population Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>42.006(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Population Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>61.013(a)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Access by Persons with Disabilities: Elections of Certain Political Subdivisions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5,000 or more but less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>85.065(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Days and Hours for Voting: Temporary Branch in Less Populous County</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>107.025(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exception to Qualifications Required to Serve as Amicus Attorney in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>107.155(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exception to Qualifications Required to Conduct Adoption Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>33.003(b)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Judicial Approval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1372.002(c)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 100,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Code of Criminal Procedure</w:t>
-[...13 lines deleted...]
-              <w:t>Community Service</w:t>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1372.026(a)(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation on Amount of State Ceiling Available to Housing Finance Corporations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2051.201(c)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Information Required on Website</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2165.1061(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Space Allocation Plans; Transition Plans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>23.101(a)(8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Primary Priorities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 175,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2303.406(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Enterprise Project Designation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2306.6703(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Evaluation and Underwriting of Certain Applications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>27.051(f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Terms of Court; Place for Holding Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 30,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>403.1042(b)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tobacco Settlement Permanent Trust Account Investment Advisory Committee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>403.604(b)(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Required Jobs and Investment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.203(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Amount of Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>8,500 or more and not more than 19,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>411.175(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Procedures for Submitting Fingerprints</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>419.909(a-1)(2)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Fire Safety Inspections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.032(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.424(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Grant Conditions: Single Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.425(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Grant Conditions: Multiple Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>444.003(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition; Terms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Code of Criminal Procedure</w:t>
-[...103 lines deleted...]
-              <w:t>Regulation of Certain Driver Education Instructors</w:t>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>485.025(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Additional Grants for Certain Projects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>300,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>485.043(a)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligibility for Rebate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>487.301(2)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>150,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>487.551(2)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>50,000 or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...13 lines deleted...]
-              <w:t>Single-Member Trustee Districts</w:t>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>487.601(3)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Not greater than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>487.751</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Not more than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490G.001(2-a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490H.002(a)(10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490H.002(a)(11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490H.002(a)(8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 35,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490H.002(a)(8-a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition (County Clerk)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490H.002(a)(8-b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition (Sheriff)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>490H.002(a)(9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>51.501(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Joint Clerks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5,415 to 5,515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>511.004(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Membership; Terms; Vacancies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 35,000;35,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>511.022(b)(7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Advisory Committee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 80,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>52.041(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Official Court Reporter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>52.041(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Official Court Reporter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>52.051(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Compensation of District Court Reporters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>526.0305(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Rural Hospital Officers Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>68,750 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>526.0321(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>68,750 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>526.0653(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Guardianship Program Grant Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>New Facilities in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0991(h)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program for Mental Health Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0992(d-1)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program for Mental Health Services for Veterans and Their Families</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0993(c)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program to Reduce Recidivism, Arrest, and Incarceration Among Individuals With Mental Illness and to Reduce Wait Time for Forensic Commitment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0993(d-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program to Reduce Recidivism, Arrest, and Incarceration Among Individuals with Mental Illness and to Reduce Wait Time for Forensic Commitment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.125(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>539.002(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grants for Establishment and Expansion of Community Collaborative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547.0253(c)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Contributions Required; Grant Conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547.0257(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Distributing and Allocating Appropriated Money</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Not greater than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547.0353(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Contributions Required; Grant Conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547.0360(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Allocating Appropriated Money</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547A.0001(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grants for Establishing and Expanding Community Collaboratives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547A.0001(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grants for Establishing and Expanding Community Collaboratives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547A.0005(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Plan Required for Certain Community Collaborative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>548.0351(6-b)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>68,750 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>552.3031(a)(1)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Electronic Submission of Request for Attorney General Decision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>57.002(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Interpreter or Cart Provider; Cart Provider List</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>573.061(4)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>General Exceptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 35,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>62.001(a-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Jury Source; Reconstitution of Jury Wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>753.103(b)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Award; Limitations on Use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>99,999 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>117.052(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Members</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>12.137(b)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tobacco Settlement Permanent Trust Account Administration Advisory Committee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>122.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health Unit in County With Population of Less Than 22,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 22,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>122.007(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Establishment of Medical Clinics in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>122.007(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Establishment of Medical Clinics in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>262.034(e)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Facilities and Services for Elderly and Disabled</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>225,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>263.029(h)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Sale or Lease of Hospital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5,000 to 10,390</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>285.101(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Facilities and Services for Elderly and Disabled</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>35,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>285.161(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Authorized</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>286.023(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing of Petition; Hearing; Ordering Election</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>286.101(g)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Expansion of District Territory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>286.171(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Authorized</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>287.041(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Board of Directors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>311.042(9)(B)(iv)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>311.0455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Annual Report by the Department</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>311.046</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Annual Report of Community Benefits Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Under 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>311.081(a)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability and Construction of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>361.111(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Commission Shall Exempt Certain Municipal Solid Waste Management Facilities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 85,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>361.126(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Disposal of Demolition Waste from Abandoned or Nuisance Building</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>12,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>361.980(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Recycling Leadership Program Collection Report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>363.041(5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition of Advisory Council</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>363.0616(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Preparation of Regional Plan by Other Public Agency in Certain Regionst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>10-county region with less than 300,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>368.012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Licensing and Regulation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 375,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>382.018(d)(1)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Outdoor Burning of Waste and Combustible Material</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>437.0201(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Regulation of Food at Farmers' Markets Under Temporary Food Establishment Permits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>437.0202(e )(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Temperature Requirements for Food at Farmers' Markets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>487.601(3)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Not greater than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>672.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Establishment of Review Team</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>771.058(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Optional Participation in Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>771.058(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Optional Participation in Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>771.151(7)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Rural Area")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>772.306(o)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Board of Managers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 40,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>773.0045(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Temporary Exemptions for Emergency Medical Services Personnel Practicing in Rural Area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>773.1151(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Use of Telemedicine Medical Service by Certain Trauma Facilities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 30,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>775.014(h)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation of District That Includes Municipal Territory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 2.1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>775.0341(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Board in Certain Districts Located in More than One County</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 22,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>775.221(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Authority to Divide District</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>20,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>791.004(c)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>81.404(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Members; Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>822.102(a)(12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>West of the Pecos River that has less than 25,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>823.002(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemption for Certain Counties, Clinics, and Facilities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 75,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>828.013(4)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>20,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>829.0015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Human Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.0009(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Human Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>42.0461(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Public Notice and Hearing: Residential Child Care </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Human Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>43.003(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>License Required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 40,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1305.004(22)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Rural Area")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2651.012(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Unencumbered Assets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...13 lines deleted...]
-              <w:t>Employment Policy</w:t>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6002.004(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Provision of Certain Services by Political Subdivision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 80,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>845.002(9)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Rural Area")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>848.001(10)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Rural Hospital")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>111.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Subchapter Applicable to Counties with Population of 225,000 or Less; Exception</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>225,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>111.062(b)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Budget Officer; Abolition of Office</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>225,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>112.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Accounting System in County With County Auditor and Population of Less Than 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>114.041(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Statement of Fees, Commissions, and Other Money Received by Officers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>115.042(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Audit in Counties With Population Less Than 25,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 25,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.909(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Petty Cash Funds for Certain Officials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 3.3 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.911(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Sheriff Office Salary Assistance Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>300,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.911(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Sheriff Office Salary Assistance Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.912(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Constable's Office Salary Assistance Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>300,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.913(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Prosecutor's Office Salary Assistance Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>300,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.913(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Prosecutor's Office Salary Assistance Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.914(a)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Ambulance Service Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>68,750 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.914(e)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rural Ambulance Service Grant Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>140.008(e )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Annual Report of Certain Financial Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 35,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...13 lines deleted...]
-              <w:t>Branch Campus Maintenance Tax</w:t>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>154.008(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Legislative Appropriation for Officers Compensated on Salary Basis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 60,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>154.021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Compensation of District, County, and Precinct Officers on Salary Basis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>154.022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Option to Pay Compensation on Fee Basis or Salary Basis in County With Population of Less Than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>154.0235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Procedures Regarding Payment of Office Expenses and Employee Salaries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.034(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Civil Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 2.8 million;2.8 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.038(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>3.3 million or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>172.012(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation of Risk Pools</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Fewer than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>179.002(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter (Authority of Certain First Responders to Carry Handgun)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>233.001(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Requiring Repair, Removal, or Demolition of Building or Other Structure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>262.011(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Purchasing Agents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>150,000 or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...13 lines deleted...]
-              <w:t>Website Information Concerning Local Programs and Services Available to Assist Homeless Students</w:t>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>262.0241(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Mandatory Exemptions: Certain Recreational Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>20,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>291.007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Nonbinding Referendum on County Property Matter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 40,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>292.0025(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Facilities Outside County Seat in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>18,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>292.0231(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Facilities in Counties with Populations Under 30,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 30,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>320.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligible Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>333.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Joint Museum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>20,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>335.151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 15,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>361.041(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Outdoor Burning of Household Refuse in Certain Residential Areas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>382.052(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligibility</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 1,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>383.021(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Counties Authorized to Create Districts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>400,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>397A.102(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation of Regional Military Sustainability Commission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>60,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>563.001(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>10,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>580.004(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rainwater Harvesting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 10,000;10,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>84.002(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of County Auditor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>85.024(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>School Safety Meetings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>less than 350,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>87.043(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Temporary Absence in Office of County Judge in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Natural Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>32.012(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Members of the Board</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Natural Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>61.021(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Area Not Covered by Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>40,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1702.3705(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Prohibition Against Certain Political Subdivisions Acting as Alarm Systems Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 80,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1704.052</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Discretionary Creation of Board</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 110,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1704.055(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Meetings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1704.160(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Security Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1956.017(b)(8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Advisory Committee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2304.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Application of Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2308.051(a)(6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Towing, Storage, and Booting Advisory Board</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>562.1011(a)(2)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Operation of Class C Pharmacy in Certain Rural Hospitals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>568.002(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Registration Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...103 lines deleted...]
-              <w:t>Definitions ("Rural County")</w:t>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>601.203(b)(1)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hardship Exemption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...13 lines deleted...]
-              <w:t>Definition ("Rural County")</w:t>
+              <w:t>Parks &amp; Wildlife Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>24.002(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Recreation and Parks Account</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Parks &amp; Wildlife Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>24.002(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Recreation and Parks Account</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>211.001(4)(A)(i)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 65,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>211.002(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 65,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>55.002(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Lien</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>800,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>23.425(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligibility of Land Used for Growing Florist Items in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>35,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>23.55(j)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Change of Use of Land</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>23.76(j)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Change of Use of Land</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>311.0091(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition of Board of Directors of Certain Reinvestment Zones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 2.1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>324.021(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Authorized</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>50,000 or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Election Code</w:t>
-[...193 lines deleted...]
-              <w:t>Contribution Limits</w:t>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>34.015(p)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Persons Eligible to Purchase Real Property</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 250,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Election Code</w:t>
-[...313 lines deleted...]
-              <w:t>Judicial Approval</w:t>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>352.009(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Annual Report to Comptroller</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...13 lines deleted...]
-              <w:t>Project</w:t>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>352.107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hotel Tax Authorized for County Development Districts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 600,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.45(b-4)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hearing on Protest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 100,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...43 lines deleted...]
-              <w:t>Information Required on Website</w:t>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.47(f)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Determination of Protest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 4 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.03(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Board of Directors In Less Populous Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 75,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.032(c)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Ballot Procedures for Elected Directors; Filing Fee or Petition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.035(a-1)(1)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Restrictions on Eligibility and Conduct of Board Members and Chief Appraisers and Their Relatives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 120,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.21(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Assessor-Collector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...13 lines deleted...]
-              <w:t>Space Allocation Plans; Transition Plans</w:t>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 11 Art. 2701d</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Schools,Rural supervisor and salary in counties having population of 1,100 to 41,500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1,100 to 41,500;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 12 Art. 2702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Unit System,Election</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or over;Not less than 3,960 and not more than 4,000;Not less than 8,600 and not more than 9,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 16, §61(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Compensation of district, county and precinct officers; salary or fee basis; disposition of fees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 5, §18(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Division of counties into precincts; election of constable and justice of the peace; county commissioners and county commissioners' court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 18,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 8, §14(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Assessor and collector of taxes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 9, §9B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hospital districts; creation, establishment, maintenance, and operation in counties with population of 75,000 or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>75,000 or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...133 lines deleted...]
-              <w:t>Tobacco Settlement Permanent Trust Account Investment Advisory Committee</w:t>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>201.051(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Commission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>254.008(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Regulation of Private Ditches in Counties of 100,000 or Less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>281.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>50,000 or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...133 lines deleted...]
-              <w:t>Creation</w:t>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>284.2031(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Civil and Criminal Enforcement: Fine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 3.3 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>370.2521(e)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing of Financial Statement by Director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 200,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...583 lines deleted...]
-              <w:t>Guardianship Program Grant Requirements</w:t>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>396.021(c )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Screening Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>502.402(b-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Optional County Fee for Transportation Projects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 700,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>622.902(8)(C )(ii)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Length Exceptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 300,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>683.015(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Auction Proceeds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 150,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...1903 lines deleted...]
-              <w:t>Public Notice and Hearing: Residential Child Care </w:t>
+              <w:t>Transportation Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>724.041(e )(1)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hearing on Suspension or Denial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 300,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Human Resources Code</w:t>
-[...343 lines deleted...]
-              <w:t>Petty Cash Funds for Certain Officials</w:t>
+              <w:t>Water Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>12.052(e-1)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Dam Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 350,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Water Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>36.121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation on Rulemaking Power of Districts Over Wells in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>15,500 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Water Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>51.829</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Dissolution of District in Counties of Less Than 11,000 Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 11,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Water Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>57.051(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Board of Directors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Water Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>58.829</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Dissolution of District in Counties of Less Than 11,000 Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 11,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Water Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>67.011(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Powers of Corporation in Certain Counties</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 3.3 million</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Local Government Code</w:t>
-[...2338 lines deleted...]
-            <w:r>
               <w:t>Water Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>12.052(e-1)(3)</w:t>
-[...6 lines deleted...]
-              <w:t>Dam Safety</w:t>
+              <w:t>67.0115(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Electric Generation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 350,000</w:t>
-            </w:r>
-[...148 lines deleted...]
-              <w:t>Less than 3.3 million</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>