--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd5806c6afc34973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R327f7399548a48b5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>