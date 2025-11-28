--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R327f7399548a48b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R104a81dd8a9e4550" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>