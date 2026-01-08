--- v2 (2025-11-28)
+++ v3 (2026-01-08)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R104a81dd8a9e4550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0b52b5f2a0940b7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>