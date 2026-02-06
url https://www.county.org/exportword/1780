--- v3 (2026-01-08)
+++ v4 (2026-02-06)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0b52b5f2a0940b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47ac28e2f7c94bc7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>