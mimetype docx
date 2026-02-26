--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47ac28e2f7c94bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ea4584bf6754f6e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>