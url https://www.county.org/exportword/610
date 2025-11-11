--- v0 (2025-10-15)
+++ v1 (2025-11-11)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R46d749cf265d4afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb37568e3a7824f95" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>