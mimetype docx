--- v1 (2025-11-11)
+++ v2 (2025-12-07)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb37568e3a7824f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8164357786214fcf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>