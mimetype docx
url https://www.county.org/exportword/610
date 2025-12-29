--- v2 (2025-12-07)
+++ v3 (2025-12-29)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8164357786214fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdab13848711c4b09" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>