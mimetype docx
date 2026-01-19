--- v3 (2025-12-29)
+++ v4 (2026-01-19)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdab13848711c4b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdbfece5b252c4624" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>