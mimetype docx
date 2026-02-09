--- v4 (2026-01-19)
+++ v5 (2026-02-09)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdbfece5b252c4624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5c41159c7261468b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>