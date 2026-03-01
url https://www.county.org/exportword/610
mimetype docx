--- v5 (2026-02-09)
+++ v6 (2026-03-01)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5c41159c7261468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbedae2d327fb46a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -402,6746 +402,6831 @@
           <w:p>
             <w:r>
               <w:t>Right to representation by counsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 250,000;250,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code of Criminal Procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>2.21(g)</w:t>
-[...6 lines deleted...]
-              <w:t>Duty of Clerks</w:t>
+              <w:t>2.305(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Report Required Concerning Human Trafficking Cases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2A.155(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Clerks Disposal of Certain Exhibits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Less than 2.5 million</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code of Criminal Procedure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>2.305(a)(1)</w:t>
-[...6 lines deleted...]
-              <w:t>Report Required Concerning Human Trafficking Cases</w:t>
+              <w:t>2A.156(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Court Reporters Release of Firearms and Contraband to Law Enforcement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46B.084(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Proceedings on Return of Defendant to Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1.2 million or in a county with 4 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46B.084(a-1)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Proceedings on Return of Defendant to Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1.2 million or in a county with 4 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>46B.084(d)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Proceedings on Return of Defendant to Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1.2 million or in a county with 4 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Code of Criminal Procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>67.051(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Intelligence Databases Required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.126(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Long-Term Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>37.010(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Court Involvement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>37.011(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Juvenile Justice Alternative Education Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 125,000;Less than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>45.111(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>JCertificates of Indebtedness; Issuance by Certain School and Junior College Districts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>172.024(a)(14)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing Fee (County Officials)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>172.024(a)(15)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing Fee (Justice of the Peace)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>253.155(b)(2)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Contribution Limits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 to 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>253.157(a-2)(2)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limit on Contribution by General-Purpose Committees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1 million or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>253.157(a-2)(3)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limit on Contribution by General-Purpose Committees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 to 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>254.0401(a-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Availability of Reports on Internet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>800,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>254.043(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Action to Require Compliance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>257.005(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Candidate for State or County Chair of Political Party</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>350,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>31.039(g)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Salary; Staff; Operating Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1.2 million or less that has an election administrator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>31.0925(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Request for Services Required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 500,000; and does not contain municipality with more than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>32.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Judges for County Election</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Over 500,000;500,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>42.001(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Precincts Established by Commissioners Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 175,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>42.007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Combining Incorporated and Unincorporated Territory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>10,000 or more </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>43.002(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Designation of Location: General or Special Election Using County Precincts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 175,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>85.062(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Parent Contributing to Nonattendance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>400,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>85.064(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Days and Hours for Voting: Temporary Branch in Populous County</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Election Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>87.0241(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Processing Ballots Before Polls Open</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>53.02(e)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Release from Detention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>54.01(f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Detention Hearing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>54.0401(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Community-Based Programs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 335,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Family Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>58.351</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>600,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Finance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>371.059(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Approval; Issuance of License</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Finance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>58.351</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>600,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1203.021(b)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Registrar for Public Security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>123.006(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Program in Certain Counties Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125.005(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Program in Certain Counties Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>126.007(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Program in Certain Counties Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1371.001(4)(H)(ii)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Is included, in whole or in part, in a standard metropolitan statistical area of this state that includes a county with a population of more than 2.5 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1372.026(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation on Amount of State Ceiling Available to Housing Finance Corporations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>300,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1435.001(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter; Joint Municipal and County Action</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 550,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1477.251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2269.052(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Notice Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2303.406(d)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Enterprise Project Designation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2306.6703(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Evaluation and Underwriting of Certain Applications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2308.253(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation of Local Workforce Development Boards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>25.0012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exchange of Judges in Certain County Courts at Law and County Criminal Courts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 300,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>27.055(f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Special and Temporary Justices</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 800,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>37.001(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability; Conflict of Law</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>25,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>402.0352(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Reporting of human trafficking cases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>More than 50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Code of Criminal Procedure</w:t>
-[...43 lines deleted...]
-              <w:t>Court Reporters Release of Firearms and Contraband to Law Enforcement</w:t>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>403.604(b)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Required Jobs and Investment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 750,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.203(b)(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Amount of Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 75,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>418.005(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Emergency Management Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>500,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Code of Criminal Procedure</w:t>
-[...133 lines deleted...]
-              <w:t>Intelligence Databases Required</w:t>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>423.008(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Reporting by Law Enforcement Agency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.032(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.040(a)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Veterans County Service Officer Task Force</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.424(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Grant Conditions: Single Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>434.425(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Grant Conditions: Multiple Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>51.501(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Joint Clerks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5,415 to 5,515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>511.004(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Membership; Terms; Vacancies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 35,000;35,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>511.022(b)(6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Advisory Committee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>80,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>52.051(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Compensation of District Court Reporters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>526.0653(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Guardianship Program Grant Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>53.071(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grand Jury Bailiffs in Counties of 250,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0991(h)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program for Mental Health Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0992(d-1)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program for Mental Health Services for Veterans and Their Families</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.0993(c)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grant Program to Reduce Recidivism, Arrest, and Incarceration Among Individuals With Mental Illness and to Reduce Wait Time for Forensic Commitment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>531.125(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Grants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>540A.0051(c)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Delivery of Medical Transportation Program Services Through Managed Transportation Organization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>750,000 or more; in which all or part of a municipality with a population of 1 million or more is located; and that is located adjacent to a county with a population of 2 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547.0253(c)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Contributions Required; Grant Conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>547.0353(a)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Matching Contributions Required; Grant Conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>551.056(c)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Additional Posting Requirements for Certain Municipalities, Counties, School Districts, Junior College Districts, Development Corporations, Authorities, and Joint Boards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>65,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>551.128(b-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Internet Broadcast of Open Meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>552.149(e)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exception: Confidentiality of Records of Comptroller or Appraisal District Received from Private Entity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>57.002(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Interpreter or Cart Provider; Cart Provider List</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>50,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>614.002(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>62.001(a-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Jury Source; Reconstitution of Jury Wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>62.001(j)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Jury Source; Reconstitution of Jury Wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>62.002(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Jury Wheel Cards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>140,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>62.106(a)(6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemption From Jury Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>62.106(a)(8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemption From Jury Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>753.103(b)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Award; Limitations on Use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 500,000 but not more than 999,999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>79.014(a)(5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1001.077(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Adult Diabetes Education Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>117.052(a)(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Members</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>262.035(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Powers and Duties of Certain Hospital Authorities; Lease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 350,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>263.026(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health Unit or Center in County with Population Greater than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>265.003(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County With Population of at Least 92,600 and Municipality With a Population of at Least 57,250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 92,600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>265.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>265.021(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Ownership and Control Designation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>265.037(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hospital Facilities; Other Property</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>281.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>District Authorization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>281.002(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>District Authorization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>281.002(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>District Authorization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>284.001(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Authority to Issue; Form of Bonds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>287.041(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Board of Directors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>292E.002(2)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>900,000 or more; and borders two counties, each of which has a population of two million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>314A.002(2)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>361.902(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Brownfield Cleanup and Economic Redevelopment Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>363.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Establishment of Solid Waste Management Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 30,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>366.0515(g)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Maintenance Contract and Performance Bond</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 40,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>485.019(h)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Restriction of Access to Aerosol Paint</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>711.008(g-4)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Location of Cemetery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 750,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>711.008(g-4)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Location of Cemetery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Adjacent to a county with a population of more than 750,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>711.009(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Authority of Cemetery Keeper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>290,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>714.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation on Location of Feed and Slaughter Pens near Cemetery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 525,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>714.004(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Removal of Remains from Abandoned Cemetery in County of at Least 525,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>At least 525,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>756.0411</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>771.151(7)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Rural Area")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>772.304(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 20,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>773.0045(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Temporary Exemptions for Emergency Medical Services Personnel Practicing in Rural Area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 50,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>775.014(h)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation of District That Includes Municipal Territory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 2.1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>775.0341(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Board in Certain Districts Located in More than One County</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 54,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>775.1025(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Certification Requirements for Districts Located in Certain Counties</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>100,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...13 lines deleted...]
-              <w:t>Long-Term Notes</w:t>
+              <w:t>Health &amp; Safety Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>81.404(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Members; Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Human Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>48.1521(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Investigation of Complex Cases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2651.012(c)(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Unencumbered Assets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>200,000 or more but less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>441.152(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Notice of Conservatorship </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>At least 100,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Education Code</w:t>
-[...73 lines deleted...]
-              <w:t>JCertificates of Indebtedness; Issuance by Certain School and Junior College Districts</w:t>
+              <w:t>Insurance Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6002.158(f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Training Schools and Instructors; Approval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Greater than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>111.031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Subchapter Applicable to Counties With Population of More Than 225,000; Exception</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 225,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>111.061</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Subchapter Applicable to Counties With Population of More Than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 125,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>111.062(b)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of Budget Officer; Abolition of Office</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 225,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>111.093(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appropriations for Purchases, Contracts, Salaries, or Labor Expenses in County With Population of More Then 225,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 225,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>112.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Accounting System in County With County Auditor and Population of 190,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>114.023(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Auditor's Monthly Report to Commissioners Court in County With Population of More Than 225,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 225,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>114.041(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Statement of Fees, Commissions, and Other Money Received by Officers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>114.043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Periodic Report to County Auditor by Officer Who Has Custody of Money in County With Population of 190,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>115.004(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Audit in County With Population of 190,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>115.045(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Annual Independent Audit in Counties With Population of 350,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>350,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>117.058(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Accounting for and Disbursing Registry Funds in Counties With Population of 190,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>130.909(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Petty Cash Funds for Certain Officials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 3.3 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>151.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Officer Applies to Commissioners Court for Authority to Appoint Employees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>151.903(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Personnel and Payroll Records in County With Population of 500,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.032(d)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitations on County Auditor's Compensation and Allowances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.071(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Classification of Positions; Salary Schedule</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 75,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.072(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Petition to Increase Salaries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 25,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.074(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Longevity Pay for Commissioned Deputies and County Jailers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>150,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.074(a-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Longevity Pay for Commissioned Deputies and County Jailers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>150,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>152.906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Longevity Pay for Deputy Constables</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>154.041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Counties Covered by Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>154.043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Procedures Regarding Payment of Employee Salaries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 190,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>157.021(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Hours of Work of County Employees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>265,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>157.062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Motor Vehicle Liability Insurance for Peace Officers in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>157.902(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Personnel Rules Applying to Juvenile and Probation Officers Court Reporters, and County Auditor's Office in Counties of 500,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligible Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.0025(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Creation of Sheriff's Department Civil Service System in Certain Counties Not Covered by Subchapter B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>190,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.0065(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Petition to Create by Order or Election</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>290,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligible Departments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.034(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Civil Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 2.8 million;2.8 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>158.038(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exemptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>3.3 million or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>159.001(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>159.001(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>159.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Financial Statement Required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>159.004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Filing Dates; Timeliness of Filing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>159.005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Preparation of Forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>159.031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Covered by Subchapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>125,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>175.001(b)(1)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>175.001(b)(1)(D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>150,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>195.003(a-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Persons Authorized to File Electronically</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>212.903(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Construction and Renovation Work on County-Owned Buildings or Facilities in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>233.061(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Authority to Adopt and Enforce Fire Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Over 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>234.032(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Adjacent to a county described by Subdivision (1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>234.032(3)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Adjacent to a county described by Subdivision (2) and in which two or more municipalities with a population of 280,000 or more are partly located</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>234.052</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>700,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>241.013(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Extraterritorial Zoning in Political Subdivisions with Population of More Than 45,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 45,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>262.0115(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Purchasing Agents in Counties with Population of More Than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>263.053(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Sale and Subsequent Lease or License of Property in Counties with Population of More Than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 250,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>270.006(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Report About Use of, or Accident Involving, Equipment in County with Population of 500,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>271.182(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 100,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>271.186(a)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation on Number of Projects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>271.186(b)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Limitation on Number of Projects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>292.022(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Facilities in Certain Counties With Populations Over 110,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 110,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>293.003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Counties Subject to Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 600,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>320.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligible Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>337.013(a)(1)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Scope of Authority</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 300,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>352.005(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Contractual Provision of Fire-Fighting Equipment or Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>350,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>352.0125(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Certification Requirements in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>363.051(a)(1)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Political Subdivisions Authorized to Create District</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 130,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>382.052(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eligibility</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 1,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>391A.001(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Affected county")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>800,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>392.067(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Veterans Housing in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>562.016(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Water and Sewer System</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2.5 million or more and any adjoining county</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>562.016(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Water and Sewer System</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2.5 million or more and any adjoining county</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>562.016(c)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Water and Sewer System</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2.5 million or more and any adjoining county</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>580.004(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Rainwater Harvesting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 10,000;10,000 or less</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>615.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Regulation of Courthouse Parking Lots in Certain Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>14,800 to 15,000;  19,900 to 20,000;  21,300 to 21,500;  57,800 to 57,900;  36,000 to 36,500; or  234,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>84.002(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Appointment of County Auditor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>10,200 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>85.006(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Police Force in Counties of 210,000 or More</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>210,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>85.024(c-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>School Safety Meetings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>350,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Local Government Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>87.042(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>County Commissioner Vacancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 300,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Natural Resources Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>92.002(3)(A)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Qualified subdivision")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Excess of 400,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1702.239(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Training Requirements for Alarm Systems Installer; Examination</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1704.002(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Application of Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>110,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1704.051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Mandatory Creation of Board</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>110,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1956.017(b)(7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Advisory Committee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2301.6521(a)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Right to Protest: Certain Relocations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>800,000 or more but less than 1.1 million that is adjacent to a county with a population of 1.2 million or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Occupations Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>2308.051(a)(6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Towing, Storage, and Booting Advisory Board</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Parks &amp; Wildlife Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>24.051(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Definitions ("Large county or municipality")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Parks &amp; Wildlife Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>66.007(m)(3)(D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Exotic Harmful or Potentially Harmful Fish and Shellfish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Adjacent to a county with more than 1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1702.239(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Training Requirements for Alarm Systems Installer; Examination</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 500,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>203.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability of Chapter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 200,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>205.002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Applicability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>65,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Property Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>5.202(c )(2)(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Certain Private Transfer Fee Obligations Void</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 650,000 that is adjacent to two counties, each of which has more than 1.8 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>1.111(b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Representation of Property Owner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>23.013(b-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Market Data Comparison Method of Appraisal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 150,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>311.0091(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Composition of Board of Directors of Certain Reinvestment Zones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 2.1 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>34.015(p)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Persons Eligible to Purchase Real Property</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>250,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>352.002(v)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Authorized</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 650,000 that is adjacent to two counties, each having a population of more than 1.8 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>352.009(d)(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Annual Report to Comptroller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>10,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.415(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Electronic Filing of Notice of Protest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>500,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.46(f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Notice of Protest Hearing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>41.47(f)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Determination of Protest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Less than 4 million</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.03(k-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Board of Directors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.0301(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Board of Directors In Populous Counties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>75,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.032(c)(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Ballot Procedures for Elected Directors; Filing Fee or Petition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>200,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Election Code</w:t>
-[...973 lines deleted...]
-              <w:t>Applicability of Subchapter</w:t>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.052(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Taxpayer Liaison Officer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>More than 120,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Tax Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>6.412(d)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Restrictions on Eligibility of Board Members</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>120,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 11 Art. 2688b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Schools,Appointment of county superintendent in counties of over 350,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>In excess of 350,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 11 Art. 2688g</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Schools,Counties of 600,000 with 4 or more school districts; election; abolition of office; transfer of duties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Not less than 600,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 11 Art. 2688k</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Schools,Counties of 16,000 or more; ex officio school superintendent and county board of education; abolition of offices; transfer of duties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>16,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 11 Art. 2700d-44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Schools,Automobiles for use of county superintendents in counties of 500,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>500,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...913 lines deleted...]
-              <w:t>Appointment of Interpreter or Cart Provider; Cart Provider List</w:t>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 49 Ch. 12 Art. 2702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Education - Public,County Unit System,Election</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>100,000 or over;Not less than 3,960 and not more than 4,000;Not less than 8,600 and not more than 9,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Civil Statutes Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Title 51 Ch. 1 Art. 3183b-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Eleemosynary Institutions,General Provisions,Eminent domain by certain nonprofit charitable corporations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>In excess of 600,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 16, §61(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Compensation of district, county and precinct officers; salary or fee basis; disposition of fees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>20,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 5, §18(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Division of counties into precincts; election of constable and justice of the peace; county commissioners and county commissioners' court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>150,000 or more</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Texas Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Art. 5, §18(a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Division of counties into precincts; election of constable and justice of the peace; county commissioners and county commissioners' court</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>50,000 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Government Code</w:t>
-[...4293 lines deleted...]
-            <w:r>
               <w:t>Texas Constitution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Art. 16, Â§61(a)</w:t>
-[...89 lines deleted...]
-              <w:t>Art. 9, Â§4</w:t>
+              <w:t>Art. 9, §4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>County-wide hospital districts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>In excess of 190,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Texas Constitution</w:t>
             </w:r>
           </w:p>