--- v6 (2026-03-01)
+++ v7 (2026-03-22)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbedae2d327fb46a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra56a84a061364b1a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12"/>
           <w:bottom w:val="single" w:sz="12"/>
           <w:left w:val="single" w:sz="12"/>
           <w:right w:val="single" w:sz="12"/>
           <w:insideH w:val="single" w:sz="12"/>
           <w:insideV w:val="single" w:sz="12"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>